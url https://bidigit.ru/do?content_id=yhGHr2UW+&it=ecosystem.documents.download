--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10349" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="9214"/>
       </w:tblGrid>
       <w:tr w:rsidR="0050499F" w:rsidRPr="00442357" w14:paraId="6F400839" w14:textId="77777777" w:rsidTr="0050499F">
         <w:trPr>
           <w:trHeight w:val="990"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35A53129" w14:textId="77777777" w:rsidR="0050499F" w:rsidRPr="000D2E3F" w:rsidRDefault="0050499F" w:rsidP="004A37B1">
             <w:pPr>
@@ -136,126 +136,83 @@
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidRPr="00533CB1">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">роизводство </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6542015D" w14:textId="77777777" w:rsidR="0050499F" w:rsidRPr="00722126" w:rsidRDefault="0050499F" w:rsidP="004A37B1">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="303B3F34" w14:textId="77777777" w:rsidR="0050499F" w:rsidRPr="00DE0AFB" w:rsidRDefault="0050499F" w:rsidP="004A37B1">
+          <w:p w14:paraId="19A31262" w14:textId="77777777" w:rsidR="00000EA8" w:rsidRPr="003014CE" w:rsidRDefault="00000EA8" w:rsidP="00000EA8">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>E-USS</w:t>
+              <w:t xml:space="preserve">EUSS </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="1"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003014CE">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>г.Рязань</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003014CE">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="1B61ACA4" w14:textId="195BF79F" w:rsidR="0050499F" w:rsidRPr="004F6ABD" w:rsidRDefault="0050499F" w:rsidP="004A37B1">
+          <w:p w14:paraId="20050176" w14:textId="77777777" w:rsidR="00000EA8" w:rsidRDefault="00000EA8" w:rsidP="00000EA8">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
+                <w:rStyle w:val="a3"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UTC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> +3</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
@@ -266,240 +223,191 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>тел</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">факс: +7 (4912) </w:t>
             </w:r>
-            <w:r w:rsidR="00FB2091" w:rsidRPr="00FB2091">
+            <w:r w:rsidRPr="000917EE">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>477746</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> | </w:t>
             </w:r>
+            <w:r w:rsidRPr="00503BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайт </w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00C14626">
+              <w:r w:rsidRPr="00503BBF">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                   <w:b w:val="0"/>
-                  <w:lang w:val="en-US"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
-                <w:t>www</w:t>
+                <w:t>euss.online</w:t>
               </w:r>
-              <w:r w:rsidRPr="006B7205">
+            </w:hyperlink>
+            <w:r w:rsidRPr="00A458E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> |</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7205">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00F37EEA">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                   <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
-                <w:t>.</w:t>
+                <w:t>support@euss.online</w:t>
               </w:r>
-              <w:r w:rsidRPr="00C14626">
-[...45 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0D28BF50" w14:textId="77777777" w:rsidR="0050499F" w:rsidRPr="00442357" w:rsidRDefault="0050499F" w:rsidP="004A37B1">
+          <w:p w14:paraId="0D28BF50" w14:textId="1EA68B40" w:rsidR="0050499F" w:rsidRPr="00442357" w:rsidRDefault="0050499F" w:rsidP="004A37B1">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B7205">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26D25648" w14:textId="77777777" w:rsidR="0050499F" w:rsidRDefault="0050499F" w:rsidP="00A7165D">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="689C50E4" w14:textId="77777777" w:rsidR="0050499F" w:rsidRPr="00A7165D" w:rsidRDefault="0050499F" w:rsidP="0050499F">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7165D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>опросный лист</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB982A4" w14:textId="28B55BB2" w:rsidR="0050499F" w:rsidRPr="00FB2091" w:rsidRDefault="0050499F" w:rsidP="0050499F">
+    <w:p w14:paraId="6EB982A4" w14:textId="09B78C23" w:rsidR="0050499F" w:rsidRPr="00FB2091" w:rsidRDefault="0050499F" w:rsidP="0050499F">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">на партию Профилированной проволоки </w:t>
       </w:r>
       <w:r w:rsidR="00FB2091">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...20 lines deleted...]
-        <w:t>USS</w:t>
+        <w:t>EUSS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0371FC" w14:textId="77777777" w:rsidR="0050499F" w:rsidRDefault="0050499F" w:rsidP="0050499F">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B67031D" w14:textId="6D55AE0F" w:rsidR="00782D1D" w:rsidRDefault="00782D1D" w:rsidP="0050499F">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -548,146 +456,236 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>етров продукции. Необходимо подробно заполнить настоящий опросный лист для корректного расчета стоимости и реального срока производства</w:t>
       </w:r>
       <w:r w:rsidR="006F13A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> партии</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C59FC9D" w14:textId="77777777" w:rsidR="00270A8D" w:rsidRPr="004A4A21" w:rsidRDefault="00270A8D" w:rsidP="00270A8D">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="033CEA68" w14:textId="77777777" w:rsidR="00270A8D" w:rsidRPr="004A4A21" w:rsidRDefault="00270A8D" w:rsidP="00270A8D">
+    <w:p w14:paraId="3CBFF580" w14:textId="77777777" w:rsidR="00C212E6" w:rsidRDefault="00C212E6" w:rsidP="00C212E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:ind w:right="974"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4228">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сравнение нержавеющих сталей AISI-304 -321 -316L : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00EB4228">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>см.документ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2B3A00F3" w14:textId="77777777" w:rsidR="00C212E6" w:rsidRPr="00EB4228" w:rsidRDefault="00C212E6" w:rsidP="00C212E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:ind w:right="974"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4A21">
+    </w:p>
+    <w:p w14:paraId="6B432EC2" w14:textId="77777777" w:rsidR="00C212E6" w:rsidRDefault="00C212E6" w:rsidP="00C212E6">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:right="175"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Сравнение нержавеющих сталей AISI-321 -304 -316</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0012792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Если Вас интересу</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет технологическая информация, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B65C96F" w14:textId="77777777" w:rsidR="00C212E6" w:rsidRDefault="00C212E6" w:rsidP="00C212E6">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:right="175"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>L :</w:t>
+        <w:t>см.энциклопедия</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004A4A21">
+        <w:t>EUSS</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r w:rsidRPr="0012792A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://bidigit.ru/do?it=ecosystem.companies.pageDocument.show&amp;content_id=jTO2ZyDX&amp;company_id=3vvOH4Wn" </w:instrText>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
+        <w:t xml:space="preserve">перейдите </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A4A21">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BD4C3F">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>по ссылке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>см.документ</w:t>
-[...10 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C08431" w14:textId="77777777" w:rsidR="00A7165D" w:rsidRPr="00D144B7" w:rsidRDefault="00A7165D" w:rsidP="00A7165D">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3533"/>
         <w:gridCol w:w="6096"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7165D" w14:paraId="784F386E" w14:textId="77777777" w:rsidTr="00A7165D">
         <w:tc>
@@ -943,60 +941,112 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Количество в партии, кг нетто</w:t>
             </w:r>
             <w:r w:rsidR="006A6EAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CED35A2" w14:textId="77777777" w:rsidR="00A7165D" w:rsidRPr="00B63EB0" w:rsidRDefault="00A7165D" w:rsidP="00B63EB0">
+          <w:p w14:paraId="2AF437A6" w14:textId="77777777" w:rsidR="00A7165D" w:rsidRDefault="009E6663" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>укажите в кг, не в метрах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CED35A2" w14:textId="06D91731" w:rsidR="009E6663" w:rsidRPr="009E6663" w:rsidRDefault="009E6663" w:rsidP="00B63EB0">
+            <w:pPr>
+              <w:pStyle w:val="30"/>
+              <w:ind w:left="0" w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00210A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>объем партии 300кг</w:t>
+            </w:r>
+            <w:r w:rsidR="00210A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нетто</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E3DD6" w:rsidRPr="00B63EB0" w14:paraId="2FD3F3A7" w14:textId="77777777" w:rsidTr="009E3DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5092" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DFAFA70" w14:textId="42EB746C" w:rsidR="007A0848" w:rsidRDefault="007A0848" w:rsidP="004E32F4">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Укажите способ применения / назначение </w:t>
             </w:r>
@@ -1078,51 +1128,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Материал </w:t>
             </w:r>
             <w:r w:rsidR="00764C71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>профиля</w:t>
             </w:r>
             <w:r w:rsidR="00BE4F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, укажите</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E90BD0" w14:textId="4F88CD72" w:rsidR="00764355" w:rsidRPr="00BE4F9E" w:rsidRDefault="00BE4F9E" w:rsidP="00B63EB0">
+          <w:p w14:paraId="6D1181D1" w14:textId="77777777" w:rsidR="00A9734F" w:rsidRDefault="00BE4F9E" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AISI</w:t>
             </w:r>
             <w:r w:rsidRPr="00D821BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">-304 </w:t>
@@ -1156,169 +1206,219 @@
             <w:r w:rsidRPr="00D821BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-316</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00D821BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00531C6F">
+          </w:p>
+          <w:p w14:paraId="53E90BD0" w14:textId="6A6CDAC4" w:rsidR="00764355" w:rsidRPr="00BE4F9E" w:rsidRDefault="00531C6F" w:rsidP="00B63EB0">
+            <w:pPr>
+              <w:pStyle w:val="30"/>
+              <w:ind w:left="0" w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>или укажите другой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E3DD6" w14:paraId="25FFAEBC" w14:textId="77777777" w:rsidTr="009E3DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5092" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57D5C518" w14:textId="3C718FC9" w:rsidR="00531C6F" w:rsidRDefault="00531C6F" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Геометри</w:t>
             </w:r>
             <w:r w:rsidR="00764C71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">я и размеры сечения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">профиля </w:t>
+              <w:t>профиля фильтроэлемента</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="007D2E07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> с указанием допусков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF70821" w14:textId="77777777" w:rsidR="00531C6F" w:rsidRDefault="00531C6F" w:rsidP="000F44C3">
+          <w:p w14:paraId="3EF70821" w14:textId="289DC131" w:rsidR="00531C6F" w:rsidRDefault="00531C6F" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>стандартно / дать подробное описание или приложить чертеж</w:t>
+            </w:r>
+            <w:r w:rsidR="00A9734F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / эскиз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E3DD6" w14:paraId="52E55761" w14:textId="77777777" w:rsidTr="009E3DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="010E538D" w14:textId="4355F4F9" w:rsidR="009E3DD6" w:rsidRDefault="009E3DD6" w:rsidP="000F44C3">
+          <w:p w14:paraId="010E538D" w14:textId="4F5961F5" w:rsidR="009E3DD6" w:rsidRDefault="009E3DD6" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Требования к термообработке</w:t>
+              <w:t xml:space="preserve">Требования к </w:t>
+            </w:r>
+            <w:r w:rsidR="004620EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">финишной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>термообработке</w:t>
+            </w:r>
+            <w:r w:rsidR="004620EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профиля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA80C1C" w14:textId="7F80C420" w:rsidR="009E3DD6" w:rsidRDefault="009E3DD6" w:rsidP="000F44C3">
+          <w:p w14:paraId="4BC21335" w14:textId="7AF0F451" w:rsidR="004620EC" w:rsidRDefault="004620EC" w:rsidP="000F44C3">
+            <w:pPr>
+              <w:pStyle w:val="30"/>
+              <w:ind w:left="0" w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>термообработка не нужна /</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA80C1C" w14:textId="7F110A38" w:rsidR="009E3DD6" w:rsidRDefault="009E3DD6" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>нет / укажите необходимый режим термообработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E3DD6" w14:paraId="7EDFA2DA" w14:textId="77777777" w:rsidTr="009E3DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5092" w:type="dxa"/>
           </w:tcPr>
@@ -1435,107 +1535,128 @@
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E3DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Rp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E3DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, Предел текучести, Н/мм2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14923C8F" w14:textId="396B6B82" w:rsidR="00B41604" w:rsidRDefault="009E3DD6" w:rsidP="000F44C3">
+          <w:p w14:paraId="14923C8F" w14:textId="22D6C5F0" w:rsidR="00B41604" w:rsidRDefault="009E3DD6" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E3DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Rm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E3DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>, Временное сопротивление разрыву,</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9734F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Предел прочности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E3DD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="007D2E07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2E07" w:rsidRPr="009E3DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Н/мм2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69081A5D" w14:textId="16C71289" w:rsidR="007D2E07" w:rsidRPr="00B41604" w:rsidRDefault="007D2E07" w:rsidP="000F44C3">
+          <w:p w14:paraId="69081A5D" w14:textId="4335054F" w:rsidR="007D2E07" w:rsidRPr="00B41604" w:rsidRDefault="007D2E07" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>А100, Относительное удлинение, %</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5748E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на 100мм</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B1B6D80" w14:textId="7717D729" w:rsidR="00B41604" w:rsidRPr="009E3DD6" w:rsidRDefault="00B41604" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F7389A7" w14:textId="77777777" w:rsidR="00B41604" w:rsidRDefault="00B41604" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -1614,66 +1735,94 @@
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ХХ-ХХ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B1F8B" w14:paraId="090B049C" w14:textId="77777777" w:rsidTr="00066C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78814DFC" w14:textId="77777777" w:rsidR="004B1F8B" w:rsidRPr="00B41604" w:rsidRDefault="004B1F8B" w:rsidP="00066C8B">
+          <w:p w14:paraId="78814DFC" w14:textId="4B71527D" w:rsidR="004B1F8B" w:rsidRPr="00B41604" w:rsidRDefault="004B1F8B" w:rsidP="00066C8B">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B41604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Проволока поставляется в мотках (М) по 100кг и 300кг, а также в катушках (Е, К) 100кг и 300кг по требованию заказчика. Укажи</w:t>
+              <w:t>Проволока поставляется в мотках (М) по 100кг и</w:t>
+            </w:r>
+            <w:r w:rsidR="00526F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ли</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 300кг, а также в катушках (Е, К) 100кг и</w:t>
+            </w:r>
+            <w:r w:rsidR="00526F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ли</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41604">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 300кг по требованию заказчика. Укажи</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">те массу профиля </w:t>
             </w:r>
             <w:r w:rsidRPr="00B41604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>100 / 300кг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> нетто на моток / катушка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1753,161 +1902,248 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Индивидуальные требования к таре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4298925C" w14:textId="77777777" w:rsidR="004B1F8B" w:rsidRDefault="004B1F8B" w:rsidP="00066C8B">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1F8B" w14:paraId="175EC07E" w14:textId="77777777" w:rsidTr="00066C8B">
+      <w:tr w:rsidR="007544CC" w14:paraId="3FBE1C3C" w14:textId="77777777" w:rsidTr="00066C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E659DA" w14:textId="77777777" w:rsidR="004B1F8B" w:rsidRPr="00B41604" w:rsidRDefault="004B1F8B" w:rsidP="00066C8B">
+          <w:p w14:paraId="5E09CE81" w14:textId="77777777" w:rsidR="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
+            <w:pPr>
+              <w:pStyle w:val="30"/>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индивидуальные требования к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">соединению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>таре</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BAC3FEA" w14:textId="605CD55D" w:rsidR="007544CC" w:rsidRPr="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
+            <w:pPr>
+              <w:pStyle w:val="30"/>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007544CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007544CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>для стыковки тары с вашим оборудованием для корректной размотки профиля с тары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007544CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1CD902" w14:textId="3B3030D0" w:rsidR="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
+            <w:pPr>
+              <w:pStyle w:val="30"/>
+              <w:ind w:left="0" w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007544CC" w14:paraId="175EC07E" w14:textId="77777777" w:rsidTr="00066C8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E659DA" w14:textId="77777777" w:rsidR="007544CC" w:rsidRPr="00B41604" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Индивидуальные требования к маркировке и комплекту сопроводительной документации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3111EA85" w14:textId="77777777" w:rsidR="004B1F8B" w:rsidRDefault="004B1F8B" w:rsidP="00066C8B">
+          <w:p w14:paraId="3111EA85" w14:textId="77777777" w:rsidR="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764355" w:rsidRPr="00B63EB0" w14:paraId="18DFFD9C" w14:textId="77777777" w:rsidTr="004009E3">
+      <w:tr w:rsidR="007544CC" w:rsidRPr="00B63EB0" w14:paraId="18DFFD9C" w14:textId="77777777" w:rsidTr="004009E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD27BB1" w14:textId="666B8613" w:rsidR="00764355" w:rsidRPr="00B63EB0" w:rsidRDefault="00764355" w:rsidP="0062228C">
+          <w:p w14:paraId="0FD27BB1" w14:textId="666B8613" w:rsidR="007544CC" w:rsidRPr="00B63EB0" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Дополнительная информация / требования к техническому заданию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764355" w:rsidRPr="00B63EB0" w14:paraId="72CEA6CA" w14:textId="77777777" w:rsidTr="000E1756">
+      <w:tr w:rsidR="007544CC" w:rsidRPr="00B63EB0" w14:paraId="72CEA6CA" w14:textId="77777777" w:rsidTr="000E1756">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="31EB8AD8" w14:textId="77777777" w:rsidR="00764355" w:rsidRDefault="00764355" w:rsidP="0062228C">
+          <w:p w14:paraId="31EB8AD8" w14:textId="77777777" w:rsidR="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="343A5045" w14:textId="77777777" w:rsidR="00764355" w:rsidRDefault="00764355" w:rsidP="0062228C">
+          <w:p w14:paraId="343A5045" w14:textId="77777777" w:rsidR="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C262BB4" w14:textId="77777777" w:rsidR="00764355" w:rsidRDefault="00764355" w:rsidP="0062228C">
+          <w:p w14:paraId="3C262BB4" w14:textId="77777777" w:rsidR="007544CC" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="100033C4" w14:textId="77777777" w:rsidR="00764355" w:rsidRPr="00B63EB0" w:rsidRDefault="00764355" w:rsidP="0062228C">
+          <w:p w14:paraId="100033C4" w14:textId="77777777" w:rsidR="007544CC" w:rsidRPr="00B63EB0" w:rsidRDefault="007544CC" w:rsidP="007544CC">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55626E63" w14:textId="77777777" w:rsidR="002D0ED9" w:rsidRDefault="002D0ED9" w:rsidP="00A166AB">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1933,184 +2169,184 @@
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ФИО и подпись &lt;ОБЯЗАТЕЛЬНО</w:t>
       </w:r>
       <w:r w:rsidRPr="00D821BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002D0ED9" w:rsidRPr="00D821BE" w:rsidSect="00893F9A">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="674" w:right="1133" w:bottom="284" w:left="1134" w:header="426" w:footer="211" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="076DB7DA" w14:textId="77777777" w:rsidR="00AF40A6" w:rsidRDefault="00AF40A6">
+    <w:p w14:paraId="4DBE211A" w14:textId="77777777" w:rsidR="004032C1" w:rsidRDefault="004032C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="174AF0D6" w14:textId="77777777" w:rsidR="00AF40A6" w:rsidRDefault="00AF40A6">
+    <w:p w14:paraId="761D57D1" w14:textId="77777777" w:rsidR="004032C1" w:rsidRDefault="004032C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Matricha">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="66835DEE" w14:textId="77777777" w:rsidR="00583B9F" w:rsidRDefault="00583B9F" w:rsidP="00DD2691">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="58B75A69" w14:textId="77777777" w:rsidR="00583B9F" w:rsidRDefault="00583B9F">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6260C456" w14:textId="77777777" w:rsidR="00AF40A6" w:rsidRDefault="00AF40A6">
+    <w:p w14:paraId="46BE2E7C" w14:textId="77777777" w:rsidR="004032C1" w:rsidRDefault="004032C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32BD866D" w14:textId="77777777" w:rsidR="00AF40A6" w:rsidRDefault="00AF40A6">
+    <w:p w14:paraId="657DC6E7" w14:textId="77777777" w:rsidR="004032C1" w:rsidRDefault="004032C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00B41815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDF25EF6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5782,276 +6018,277 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1357387911">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1468935640">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="819462164">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1904829441">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1948389914">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1918317154">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1432386684">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1615863470">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="990210210">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1872721620">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1174611744">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1660884285">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1925723493">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1851947717">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="836961751">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1993757644">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="861864477">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1007908168">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1274173349">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2027713715">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1891184944">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1345134184">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="676419286">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1839032262">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1062875160">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1318995066">
     <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="593241945">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="713431953">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1377659069">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="510295616">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="2109767508">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1875144971">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="289748585">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="968050607">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1334920190">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="124667112">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1303970800">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7181"/>
     <w:rsid w:val="00000812"/>
+    <w:rsid w:val="00000EA8"/>
     <w:rsid w:val="00003F2C"/>
     <w:rsid w:val="000070F3"/>
     <w:rsid w:val="000072A2"/>
     <w:rsid w:val="000074C8"/>
     <w:rsid w:val="00007599"/>
     <w:rsid w:val="00007AFB"/>
     <w:rsid w:val="00011F48"/>
     <w:rsid w:val="00012004"/>
     <w:rsid w:val="00012165"/>
     <w:rsid w:val="00012890"/>
     <w:rsid w:val="00013412"/>
     <w:rsid w:val="00013AC6"/>
     <w:rsid w:val="00020D6F"/>
     <w:rsid w:val="00021C5D"/>
     <w:rsid w:val="00023621"/>
     <w:rsid w:val="00024622"/>
     <w:rsid w:val="00024D96"/>
     <w:rsid w:val="00025254"/>
     <w:rsid w:val="00025378"/>
     <w:rsid w:val="00025F47"/>
     <w:rsid w:val="00027605"/>
     <w:rsid w:val="0002788B"/>
     <w:rsid w:val="00027920"/>
     <w:rsid w:val="00030E5E"/>
     <w:rsid w:val="0003131E"/>
@@ -6161,50 +6398,51 @@
     <w:rsid w:val="0012340E"/>
     <w:rsid w:val="00123C43"/>
     <w:rsid w:val="001276FB"/>
     <w:rsid w:val="001300DB"/>
     <w:rsid w:val="0013117E"/>
     <w:rsid w:val="001315C9"/>
     <w:rsid w:val="00132CC4"/>
     <w:rsid w:val="00133FC2"/>
     <w:rsid w:val="00134F90"/>
     <w:rsid w:val="00136356"/>
     <w:rsid w:val="00137438"/>
     <w:rsid w:val="00137949"/>
     <w:rsid w:val="00140D36"/>
     <w:rsid w:val="00141394"/>
     <w:rsid w:val="001415FA"/>
     <w:rsid w:val="00143069"/>
     <w:rsid w:val="00146994"/>
     <w:rsid w:val="001469E8"/>
     <w:rsid w:val="001476E2"/>
     <w:rsid w:val="00150442"/>
     <w:rsid w:val="00151A2F"/>
     <w:rsid w:val="001521FA"/>
     <w:rsid w:val="0015263E"/>
     <w:rsid w:val="001531CE"/>
     <w:rsid w:val="0015379E"/>
+    <w:rsid w:val="00154E2B"/>
     <w:rsid w:val="00157DC8"/>
     <w:rsid w:val="00161463"/>
     <w:rsid w:val="0016320C"/>
     <w:rsid w:val="0016482B"/>
     <w:rsid w:val="0016784E"/>
     <w:rsid w:val="001678F1"/>
     <w:rsid w:val="00170816"/>
     <w:rsid w:val="00170819"/>
     <w:rsid w:val="0017242F"/>
     <w:rsid w:val="00173572"/>
     <w:rsid w:val="00174D52"/>
     <w:rsid w:val="00176305"/>
     <w:rsid w:val="001764D3"/>
     <w:rsid w:val="0018145D"/>
     <w:rsid w:val="00181B07"/>
     <w:rsid w:val="00184F5A"/>
     <w:rsid w:val="00190FD6"/>
     <w:rsid w:val="001929E5"/>
     <w:rsid w:val="00192F8E"/>
     <w:rsid w:val="00193399"/>
     <w:rsid w:val="00195082"/>
     <w:rsid w:val="00195265"/>
     <w:rsid w:val="001956C3"/>
     <w:rsid w:val="00196B7E"/>
     <w:rsid w:val="001A0512"/>
@@ -6235,50 +6473,51 @@
     <w:rsid w:val="001D47AD"/>
     <w:rsid w:val="001D4AD4"/>
     <w:rsid w:val="001D7003"/>
     <w:rsid w:val="001D733C"/>
     <w:rsid w:val="001E06ED"/>
     <w:rsid w:val="001E0997"/>
     <w:rsid w:val="001E147C"/>
     <w:rsid w:val="001E1A8F"/>
     <w:rsid w:val="001E3217"/>
     <w:rsid w:val="001E357B"/>
     <w:rsid w:val="001E47AB"/>
     <w:rsid w:val="001E4BAF"/>
     <w:rsid w:val="001E5627"/>
     <w:rsid w:val="001E6D9E"/>
     <w:rsid w:val="001E7B82"/>
     <w:rsid w:val="001F1D49"/>
     <w:rsid w:val="001F667D"/>
     <w:rsid w:val="001F7B80"/>
     <w:rsid w:val="001F7E5D"/>
     <w:rsid w:val="002014F2"/>
     <w:rsid w:val="0020440E"/>
     <w:rsid w:val="0020668E"/>
     <w:rsid w:val="00207AFB"/>
     <w:rsid w:val="00210769"/>
     <w:rsid w:val="002108B1"/>
+    <w:rsid w:val="00210A2A"/>
     <w:rsid w:val="00211D1A"/>
     <w:rsid w:val="00212390"/>
     <w:rsid w:val="00214177"/>
     <w:rsid w:val="00214486"/>
     <w:rsid w:val="0021503D"/>
     <w:rsid w:val="00215C92"/>
     <w:rsid w:val="00223C04"/>
     <w:rsid w:val="0022439B"/>
     <w:rsid w:val="00224DD6"/>
     <w:rsid w:val="002265C2"/>
     <w:rsid w:val="00230645"/>
     <w:rsid w:val="0023267B"/>
     <w:rsid w:val="0023286B"/>
     <w:rsid w:val="00234670"/>
     <w:rsid w:val="002348A2"/>
     <w:rsid w:val="002351AE"/>
     <w:rsid w:val="002355FE"/>
     <w:rsid w:val="00235940"/>
     <w:rsid w:val="0023658C"/>
     <w:rsid w:val="0023738E"/>
     <w:rsid w:val="0024058C"/>
     <w:rsid w:val="00243556"/>
     <w:rsid w:val="00243FE4"/>
     <w:rsid w:val="00246420"/>
     <w:rsid w:val="00250435"/>
@@ -6335,50 +6574,51 @@
     <w:rsid w:val="002B08D1"/>
     <w:rsid w:val="002B1781"/>
     <w:rsid w:val="002B1CCA"/>
     <w:rsid w:val="002B23F7"/>
     <w:rsid w:val="002B3346"/>
     <w:rsid w:val="002B3361"/>
     <w:rsid w:val="002B3B2D"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002B5C9A"/>
     <w:rsid w:val="002C040D"/>
     <w:rsid w:val="002C1D77"/>
     <w:rsid w:val="002C1F39"/>
     <w:rsid w:val="002C4138"/>
     <w:rsid w:val="002C7EF2"/>
     <w:rsid w:val="002D087A"/>
     <w:rsid w:val="002D0ED9"/>
     <w:rsid w:val="002D19BB"/>
     <w:rsid w:val="002D349B"/>
     <w:rsid w:val="002D3849"/>
     <w:rsid w:val="002D4A37"/>
     <w:rsid w:val="002D4D94"/>
     <w:rsid w:val="002D51C5"/>
     <w:rsid w:val="002D5776"/>
     <w:rsid w:val="002E0F6D"/>
     <w:rsid w:val="002E12DD"/>
+    <w:rsid w:val="002E2A45"/>
     <w:rsid w:val="002E2DD0"/>
     <w:rsid w:val="002E6E4C"/>
     <w:rsid w:val="002E7D16"/>
     <w:rsid w:val="002F1151"/>
     <w:rsid w:val="002F264A"/>
     <w:rsid w:val="002F2CB7"/>
     <w:rsid w:val="002F4365"/>
     <w:rsid w:val="002F68F6"/>
     <w:rsid w:val="003014CE"/>
     <w:rsid w:val="00301588"/>
     <w:rsid w:val="00301FB7"/>
     <w:rsid w:val="00302734"/>
     <w:rsid w:val="003043B9"/>
     <w:rsid w:val="00306C24"/>
     <w:rsid w:val="0030708E"/>
     <w:rsid w:val="0031053F"/>
     <w:rsid w:val="00310FE2"/>
     <w:rsid w:val="00311364"/>
     <w:rsid w:val="00312699"/>
     <w:rsid w:val="003156F5"/>
     <w:rsid w:val="00317B2F"/>
     <w:rsid w:val="00321538"/>
     <w:rsid w:val="0032253E"/>
     <w:rsid w:val="00322FB4"/>
     <w:rsid w:val="00323320"/>
@@ -6452,85 +6692,87 @@
     <w:rsid w:val="003C7411"/>
     <w:rsid w:val="003D068E"/>
     <w:rsid w:val="003D0CA7"/>
     <w:rsid w:val="003D1198"/>
     <w:rsid w:val="003D25B1"/>
     <w:rsid w:val="003D2D5F"/>
     <w:rsid w:val="003D3030"/>
     <w:rsid w:val="003D4DD1"/>
     <w:rsid w:val="003D5B70"/>
     <w:rsid w:val="003D713E"/>
     <w:rsid w:val="003E29EF"/>
     <w:rsid w:val="003E47D4"/>
     <w:rsid w:val="003E576D"/>
     <w:rsid w:val="003F04C8"/>
     <w:rsid w:val="003F185E"/>
     <w:rsid w:val="003F3509"/>
     <w:rsid w:val="003F3AEF"/>
     <w:rsid w:val="003F497A"/>
     <w:rsid w:val="003F594A"/>
     <w:rsid w:val="003F7EA9"/>
     <w:rsid w:val="0040006C"/>
     <w:rsid w:val="004007F4"/>
     <w:rsid w:val="00400D10"/>
     <w:rsid w:val="004012F7"/>
     <w:rsid w:val="0040285C"/>
+    <w:rsid w:val="004032C1"/>
     <w:rsid w:val="0040373E"/>
     <w:rsid w:val="00403C6D"/>
     <w:rsid w:val="004078BE"/>
     <w:rsid w:val="00407DCC"/>
     <w:rsid w:val="0041154B"/>
     <w:rsid w:val="00411977"/>
     <w:rsid w:val="004123B0"/>
     <w:rsid w:val="00412ECA"/>
     <w:rsid w:val="00414F32"/>
     <w:rsid w:val="004156F6"/>
     <w:rsid w:val="00415A53"/>
     <w:rsid w:val="00416920"/>
     <w:rsid w:val="0041703B"/>
     <w:rsid w:val="00424858"/>
     <w:rsid w:val="0042496F"/>
     <w:rsid w:val="0043254D"/>
     <w:rsid w:val="00434962"/>
     <w:rsid w:val="00436C16"/>
     <w:rsid w:val="00437400"/>
     <w:rsid w:val="00440B50"/>
     <w:rsid w:val="00440DFB"/>
     <w:rsid w:val="00441DE7"/>
     <w:rsid w:val="00442357"/>
     <w:rsid w:val="00442ADC"/>
     <w:rsid w:val="00443C92"/>
     <w:rsid w:val="00445054"/>
     <w:rsid w:val="004450E0"/>
     <w:rsid w:val="004455D5"/>
     <w:rsid w:val="0045033C"/>
     <w:rsid w:val="00450466"/>
     <w:rsid w:val="00453457"/>
     <w:rsid w:val="0045458F"/>
     <w:rsid w:val="00455C4C"/>
     <w:rsid w:val="004579FC"/>
     <w:rsid w:val="00461E34"/>
+    <w:rsid w:val="004620EC"/>
     <w:rsid w:val="00463E8D"/>
     <w:rsid w:val="004667F7"/>
     <w:rsid w:val="00470187"/>
     <w:rsid w:val="004748B9"/>
     <w:rsid w:val="00476587"/>
     <w:rsid w:val="00476B36"/>
     <w:rsid w:val="00481995"/>
     <w:rsid w:val="004852E4"/>
     <w:rsid w:val="00485B32"/>
     <w:rsid w:val="00492D6C"/>
     <w:rsid w:val="00493918"/>
     <w:rsid w:val="004968B3"/>
     <w:rsid w:val="00496BFA"/>
     <w:rsid w:val="00497042"/>
     <w:rsid w:val="004A015E"/>
     <w:rsid w:val="004A314D"/>
     <w:rsid w:val="004A3327"/>
     <w:rsid w:val="004A493B"/>
     <w:rsid w:val="004A4DC3"/>
     <w:rsid w:val="004A54C2"/>
     <w:rsid w:val="004A6901"/>
     <w:rsid w:val="004A749B"/>
     <w:rsid w:val="004A7671"/>
     <w:rsid w:val="004B0716"/>
     <w:rsid w:val="004B1F8B"/>
@@ -6579,50 +6821,51 @@
     <w:rsid w:val="005029EC"/>
     <w:rsid w:val="005030ED"/>
     <w:rsid w:val="00503232"/>
     <w:rsid w:val="005036B5"/>
     <w:rsid w:val="005039CF"/>
     <w:rsid w:val="00503D11"/>
     <w:rsid w:val="0050499F"/>
     <w:rsid w:val="005051F9"/>
     <w:rsid w:val="0050564E"/>
     <w:rsid w:val="00511AED"/>
     <w:rsid w:val="0051380A"/>
     <w:rsid w:val="005143A7"/>
     <w:rsid w:val="005151A6"/>
     <w:rsid w:val="0051728F"/>
     <w:rsid w:val="00517B5A"/>
     <w:rsid w:val="00520136"/>
     <w:rsid w:val="0052039E"/>
     <w:rsid w:val="005210A2"/>
     <w:rsid w:val="00521831"/>
     <w:rsid w:val="00521C35"/>
     <w:rsid w:val="00523C32"/>
     <w:rsid w:val="00524EED"/>
     <w:rsid w:val="00525E88"/>
     <w:rsid w:val="0052655D"/>
     <w:rsid w:val="00526BED"/>
+    <w:rsid w:val="00526F73"/>
     <w:rsid w:val="00527EB0"/>
     <w:rsid w:val="005312F5"/>
     <w:rsid w:val="00531C6F"/>
     <w:rsid w:val="00533A1C"/>
     <w:rsid w:val="00533CB1"/>
     <w:rsid w:val="00533CDD"/>
     <w:rsid w:val="00536057"/>
     <w:rsid w:val="00536898"/>
     <w:rsid w:val="00537669"/>
     <w:rsid w:val="00537FBE"/>
     <w:rsid w:val="00540FA4"/>
     <w:rsid w:val="00542D5D"/>
     <w:rsid w:val="005435C3"/>
     <w:rsid w:val="00544090"/>
     <w:rsid w:val="00545779"/>
     <w:rsid w:val="005466F3"/>
     <w:rsid w:val="00547FA2"/>
     <w:rsid w:val="00551E9E"/>
     <w:rsid w:val="00553B74"/>
     <w:rsid w:val="00554576"/>
     <w:rsid w:val="00555CC9"/>
     <w:rsid w:val="00556825"/>
     <w:rsid w:val="00556B0C"/>
     <w:rsid w:val="0055716D"/>
     <w:rsid w:val="0055790D"/>
@@ -6825,50 +7068,51 @@
     <w:rsid w:val="007301CC"/>
     <w:rsid w:val="007301EB"/>
     <w:rsid w:val="0073065B"/>
     <w:rsid w:val="00731C03"/>
     <w:rsid w:val="007328AF"/>
     <w:rsid w:val="00732999"/>
     <w:rsid w:val="00733891"/>
     <w:rsid w:val="00733CCF"/>
     <w:rsid w:val="00734007"/>
     <w:rsid w:val="0073550A"/>
     <w:rsid w:val="0073552E"/>
     <w:rsid w:val="00735656"/>
     <w:rsid w:val="007406A8"/>
     <w:rsid w:val="00740992"/>
     <w:rsid w:val="007412E1"/>
     <w:rsid w:val="00741CFC"/>
     <w:rsid w:val="00742161"/>
     <w:rsid w:val="00743945"/>
     <w:rsid w:val="0074510D"/>
     <w:rsid w:val="00746202"/>
     <w:rsid w:val="007465A2"/>
     <w:rsid w:val="0074767E"/>
     <w:rsid w:val="00747B01"/>
     <w:rsid w:val="007501CD"/>
     <w:rsid w:val="00751DA6"/>
+    <w:rsid w:val="007544CC"/>
     <w:rsid w:val="007569B7"/>
     <w:rsid w:val="00756C2C"/>
     <w:rsid w:val="007611D8"/>
     <w:rsid w:val="0076142D"/>
     <w:rsid w:val="007624D3"/>
     <w:rsid w:val="00762D9C"/>
     <w:rsid w:val="0076322C"/>
     <w:rsid w:val="00764355"/>
     <w:rsid w:val="007647AB"/>
     <w:rsid w:val="00764A8E"/>
     <w:rsid w:val="00764C71"/>
     <w:rsid w:val="00765D5C"/>
     <w:rsid w:val="00766EFF"/>
     <w:rsid w:val="007724F3"/>
     <w:rsid w:val="00772B4B"/>
     <w:rsid w:val="00773204"/>
     <w:rsid w:val="00774D7B"/>
     <w:rsid w:val="007758C2"/>
     <w:rsid w:val="00775F0B"/>
     <w:rsid w:val="00777B50"/>
     <w:rsid w:val="007812B4"/>
     <w:rsid w:val="0078157A"/>
     <w:rsid w:val="007819A9"/>
     <w:rsid w:val="0078219D"/>
     <w:rsid w:val="00782338"/>
@@ -7110,50 +7354,51 @@
     <w:rsid w:val="009968E3"/>
     <w:rsid w:val="009A0286"/>
     <w:rsid w:val="009A0E92"/>
     <w:rsid w:val="009A1EEA"/>
     <w:rsid w:val="009A3C08"/>
     <w:rsid w:val="009B19A8"/>
     <w:rsid w:val="009B33B4"/>
     <w:rsid w:val="009B4A36"/>
     <w:rsid w:val="009B7F51"/>
     <w:rsid w:val="009C03E8"/>
     <w:rsid w:val="009C08AB"/>
     <w:rsid w:val="009C4588"/>
     <w:rsid w:val="009C48B2"/>
     <w:rsid w:val="009C4B5A"/>
     <w:rsid w:val="009C589A"/>
     <w:rsid w:val="009C79DD"/>
     <w:rsid w:val="009D058F"/>
     <w:rsid w:val="009D53F4"/>
     <w:rsid w:val="009D64FB"/>
     <w:rsid w:val="009E0B06"/>
     <w:rsid w:val="009E1443"/>
     <w:rsid w:val="009E3DD6"/>
     <w:rsid w:val="009E425C"/>
     <w:rsid w:val="009E4767"/>
     <w:rsid w:val="009E5280"/>
+    <w:rsid w:val="009E6663"/>
     <w:rsid w:val="009F159E"/>
     <w:rsid w:val="009F15CD"/>
     <w:rsid w:val="009F17A1"/>
     <w:rsid w:val="009F2835"/>
     <w:rsid w:val="009F3A44"/>
     <w:rsid w:val="009F4ECC"/>
     <w:rsid w:val="009F64F4"/>
     <w:rsid w:val="00A019A1"/>
     <w:rsid w:val="00A01D9E"/>
     <w:rsid w:val="00A02801"/>
     <w:rsid w:val="00A069EA"/>
     <w:rsid w:val="00A06C01"/>
     <w:rsid w:val="00A109D2"/>
     <w:rsid w:val="00A10DED"/>
     <w:rsid w:val="00A11CCC"/>
     <w:rsid w:val="00A13FB4"/>
     <w:rsid w:val="00A14BB3"/>
     <w:rsid w:val="00A15B67"/>
     <w:rsid w:val="00A166AB"/>
     <w:rsid w:val="00A21E99"/>
     <w:rsid w:val="00A2216F"/>
     <w:rsid w:val="00A22A4C"/>
     <w:rsid w:val="00A2589C"/>
     <w:rsid w:val="00A25941"/>
     <w:rsid w:val="00A25BC2"/>
@@ -7184,50 +7429,51 @@
     <w:rsid w:val="00A53AD5"/>
     <w:rsid w:val="00A57249"/>
     <w:rsid w:val="00A60CB3"/>
     <w:rsid w:val="00A656ED"/>
     <w:rsid w:val="00A66FAC"/>
     <w:rsid w:val="00A671BE"/>
     <w:rsid w:val="00A705C9"/>
     <w:rsid w:val="00A70B8A"/>
     <w:rsid w:val="00A7165D"/>
     <w:rsid w:val="00A766FE"/>
     <w:rsid w:val="00A81D1A"/>
     <w:rsid w:val="00A82499"/>
     <w:rsid w:val="00A82514"/>
     <w:rsid w:val="00A84F98"/>
     <w:rsid w:val="00A85BC2"/>
     <w:rsid w:val="00A86815"/>
     <w:rsid w:val="00A8711B"/>
     <w:rsid w:val="00A90B07"/>
     <w:rsid w:val="00A9227A"/>
     <w:rsid w:val="00A93B87"/>
     <w:rsid w:val="00A93E16"/>
     <w:rsid w:val="00A94260"/>
     <w:rsid w:val="00A948F0"/>
     <w:rsid w:val="00A94A02"/>
     <w:rsid w:val="00A94EED"/>
+    <w:rsid w:val="00A9734F"/>
     <w:rsid w:val="00AA3667"/>
     <w:rsid w:val="00AA5063"/>
     <w:rsid w:val="00AA649A"/>
     <w:rsid w:val="00AA6E5C"/>
     <w:rsid w:val="00AA7A4D"/>
     <w:rsid w:val="00AB0439"/>
     <w:rsid w:val="00AB0B5B"/>
     <w:rsid w:val="00AB18EE"/>
     <w:rsid w:val="00AB1F42"/>
     <w:rsid w:val="00AB31D4"/>
     <w:rsid w:val="00AB3637"/>
     <w:rsid w:val="00AB4977"/>
     <w:rsid w:val="00AB573A"/>
     <w:rsid w:val="00AC0D45"/>
     <w:rsid w:val="00AC0EB0"/>
     <w:rsid w:val="00AC14A5"/>
     <w:rsid w:val="00AC22B0"/>
     <w:rsid w:val="00AC3AD0"/>
     <w:rsid w:val="00AC43E1"/>
     <w:rsid w:val="00AC53F3"/>
     <w:rsid w:val="00AC786D"/>
     <w:rsid w:val="00AD14D0"/>
     <w:rsid w:val="00AD2E08"/>
     <w:rsid w:val="00AD3780"/>
     <w:rsid w:val="00AD38B5"/>
@@ -7262,50 +7508,51 @@
     <w:rsid w:val="00B23DB4"/>
     <w:rsid w:val="00B24FB4"/>
     <w:rsid w:val="00B30960"/>
     <w:rsid w:val="00B32483"/>
     <w:rsid w:val="00B330FF"/>
     <w:rsid w:val="00B339BB"/>
     <w:rsid w:val="00B34B6B"/>
     <w:rsid w:val="00B34CFD"/>
     <w:rsid w:val="00B35816"/>
     <w:rsid w:val="00B37A50"/>
     <w:rsid w:val="00B40FF0"/>
     <w:rsid w:val="00B4143A"/>
     <w:rsid w:val="00B41604"/>
     <w:rsid w:val="00B41F04"/>
     <w:rsid w:val="00B445B1"/>
     <w:rsid w:val="00B448D3"/>
     <w:rsid w:val="00B44E20"/>
     <w:rsid w:val="00B460A1"/>
     <w:rsid w:val="00B462CF"/>
     <w:rsid w:val="00B46B18"/>
     <w:rsid w:val="00B46C21"/>
     <w:rsid w:val="00B5056B"/>
     <w:rsid w:val="00B52D0F"/>
     <w:rsid w:val="00B541C3"/>
     <w:rsid w:val="00B54B80"/>
+    <w:rsid w:val="00B5748E"/>
     <w:rsid w:val="00B60B0C"/>
     <w:rsid w:val="00B60FE9"/>
     <w:rsid w:val="00B61D8E"/>
     <w:rsid w:val="00B63EB0"/>
     <w:rsid w:val="00B65360"/>
     <w:rsid w:val="00B65838"/>
     <w:rsid w:val="00B66545"/>
     <w:rsid w:val="00B665F7"/>
     <w:rsid w:val="00B67C9C"/>
     <w:rsid w:val="00B67F04"/>
     <w:rsid w:val="00B706C6"/>
     <w:rsid w:val="00B80E0B"/>
     <w:rsid w:val="00B82DC7"/>
     <w:rsid w:val="00B84888"/>
     <w:rsid w:val="00B909F9"/>
     <w:rsid w:val="00B92C9A"/>
     <w:rsid w:val="00B93E81"/>
     <w:rsid w:val="00B95352"/>
     <w:rsid w:val="00B965A6"/>
     <w:rsid w:val="00B96F24"/>
     <w:rsid w:val="00BA3DE6"/>
     <w:rsid w:val="00BA753C"/>
     <w:rsid w:val="00BB0527"/>
     <w:rsid w:val="00BB16D5"/>
     <w:rsid w:val="00BB1BD5"/>
@@ -7317,50 +7564,51 @@
     <w:rsid w:val="00BC3B5A"/>
     <w:rsid w:val="00BC3D17"/>
     <w:rsid w:val="00BC6C2D"/>
     <w:rsid w:val="00BD11D7"/>
     <w:rsid w:val="00BD267C"/>
     <w:rsid w:val="00BD27E3"/>
     <w:rsid w:val="00BD2BF8"/>
     <w:rsid w:val="00BD66D3"/>
     <w:rsid w:val="00BD76B2"/>
     <w:rsid w:val="00BE0C30"/>
     <w:rsid w:val="00BE26B0"/>
     <w:rsid w:val="00BE32B9"/>
     <w:rsid w:val="00BE4F9E"/>
     <w:rsid w:val="00BE5865"/>
     <w:rsid w:val="00BF2E6E"/>
     <w:rsid w:val="00BF3527"/>
     <w:rsid w:val="00BF4253"/>
     <w:rsid w:val="00BF612D"/>
     <w:rsid w:val="00C0015C"/>
     <w:rsid w:val="00C02B9D"/>
     <w:rsid w:val="00C0694D"/>
     <w:rsid w:val="00C14333"/>
     <w:rsid w:val="00C14626"/>
     <w:rsid w:val="00C1606C"/>
     <w:rsid w:val="00C17281"/>
+    <w:rsid w:val="00C212E6"/>
     <w:rsid w:val="00C220FE"/>
     <w:rsid w:val="00C2331D"/>
     <w:rsid w:val="00C24A53"/>
     <w:rsid w:val="00C26FDD"/>
     <w:rsid w:val="00C2759C"/>
     <w:rsid w:val="00C27A59"/>
     <w:rsid w:val="00C27AFB"/>
     <w:rsid w:val="00C30E51"/>
     <w:rsid w:val="00C338D0"/>
     <w:rsid w:val="00C33F7D"/>
     <w:rsid w:val="00C346BA"/>
     <w:rsid w:val="00C36178"/>
     <w:rsid w:val="00C37944"/>
     <w:rsid w:val="00C37B01"/>
     <w:rsid w:val="00C41401"/>
     <w:rsid w:val="00C41943"/>
     <w:rsid w:val="00C42351"/>
     <w:rsid w:val="00C4466C"/>
     <w:rsid w:val="00C47AC7"/>
     <w:rsid w:val="00C47FCE"/>
     <w:rsid w:val="00C51915"/>
     <w:rsid w:val="00C52745"/>
     <w:rsid w:val="00C5336E"/>
     <w:rsid w:val="00C540B8"/>
     <w:rsid w:val="00C545FB"/>
@@ -7736,51 +7984,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E279F22"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8583,51 +8831,51 @@
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A7165D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A7165D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="25257348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="30039842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8879,51 +9127,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1885940149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-uss.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euss.online/go?to=page.dictionary" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidigit.ru/do?it=ecosystem.companies.pageDocument.show&amp;content_id=jTO2ZyDX&amp;company_id=3vvOH4Wn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@euss.online" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euss.online/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9185,76 +9433,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F594B6D-93DB-3A4C-AAF8-C73CAC7E4999}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1637</Characters>
+  <Pages>2</Pages>
+  <Words>348</Words>
+  <Characters>1990</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1921</CharactersWithSpaces>
+  <CharactersWithSpaces>2334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>1572935</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.e-uss.ru/i-subscribe.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>458858</vt:i4>
       </vt:variant>
       <vt:variant>