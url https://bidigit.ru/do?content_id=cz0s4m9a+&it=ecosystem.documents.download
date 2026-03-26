--- v0 (2025-12-26)
+++ v1 (2026-03-26)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10349" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="277"/>
         <w:gridCol w:w="6946"/>
         <w:gridCol w:w="1991"/>
       </w:tblGrid>
       <w:tr w:rsidR="007856F8" w:rsidRPr="00533CB1" w14:paraId="267A7FB1" w14:textId="77777777" w:rsidTr="00733891">
         <w:trPr>
           <w:trHeight w:val="990"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -140,82 +140,83 @@
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidRPr="00533CB1">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">роизводство </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72439AFC" w14:textId="77777777" w:rsidR="007856F8" w:rsidRPr="00722126" w:rsidRDefault="007856F8" w:rsidP="007856F8">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="269DB766" w14:textId="77777777" w:rsidR="007856F8" w:rsidRPr="003014CE" w:rsidRDefault="007856F8" w:rsidP="007856F8">
+          <w:p w14:paraId="5FCA8587" w14:textId="77777777" w:rsidR="00535DD7" w:rsidRPr="003014CE" w:rsidRDefault="00535DD7" w:rsidP="00535DD7">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-USS </w:t>
+              <w:t xml:space="preserve">EUSS </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003014CE">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>г.Рязань</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="0B9195A8" w14:textId="6737AC1A" w:rsidR="007856F8" w:rsidRPr="004F6ABD" w:rsidRDefault="007856F8" w:rsidP="007856F8">
+          <w:p w14:paraId="2246EA49" w14:textId="77777777" w:rsidR="007856F8" w:rsidRDefault="00535DD7" w:rsidP="00535DD7">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
+                <w:rStyle w:val="a3"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UTC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> +3</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
@@ -242,217 +243,98 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">факс: +7 (4912) </w:t>
             </w:r>
             <w:r w:rsidRPr="000917EE">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>477746</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> | </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...61 lines deleted...]
-            <w:r w:rsidR="000C18D7" w:rsidRPr="006B7205">
+            <w:r w:rsidRPr="00503BBF">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> | </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidR="000C18D7" w:rsidRPr="00036912">
+              <w:t xml:space="preserve">сайт </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00503BBF">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
-                <w:t>sa</w:t>
+                <w:t>euss.online</w:t>
               </w:r>
-              <w:r w:rsidR="000C18D7" w:rsidRPr="00036912">
-[...9 lines deleted...]
-              <w:r w:rsidR="000C18D7" w:rsidRPr="00036912">
+            </w:hyperlink>
+            <w:r w:rsidRPr="00A458E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> |</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7205">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00F37EEA">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
-                <w:t>@</w:t>
-[...47 lines deleted...]
-                <w:t>ru</w:t>
+                <w:t>support@euss.online</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="59D04882" w14:textId="6B26FA16" w:rsidR="007856F8" w:rsidRPr="00442357" w:rsidRDefault="007856F8" w:rsidP="007856F8">
-[...16 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="59D04882" w14:textId="777165F4" w:rsidR="00535DD7" w:rsidRPr="00535DD7" w:rsidRDefault="00535DD7" w:rsidP="00535DD7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00733891" w:rsidRPr="00D144B7" w14:paraId="687B57B6" w14:textId="77777777" w:rsidTr="007856F8">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="037C3F19" w14:textId="77777777" w:rsidR="0015263E" w:rsidRPr="00D144B7" w:rsidRDefault="0015263E" w:rsidP="00DF3913">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -476,104 +358,83 @@
           </w:p>
           <w:p w14:paraId="744D95B2" w14:textId="77777777" w:rsidR="005D4835" w:rsidRPr="00A7165D" w:rsidRDefault="00A7165D" w:rsidP="00BE5865">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7165D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>опросный лист</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37CCC5E3" w14:textId="69695B29" w:rsidR="00A7165D" w:rsidRPr="00A7165D" w:rsidRDefault="00733891" w:rsidP="00A7165D">
+          <w:p w14:paraId="37CCC5E3" w14:textId="1596BA01" w:rsidR="00A7165D" w:rsidRPr="00A7165D" w:rsidRDefault="00733891" w:rsidP="00A7165D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">на партию Фильтроэлемент </w:t>
             </w:r>
             <w:r w:rsidR="006538F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>E</w:t>
-[...20 lines deleted...]
-              <w:t>USS</w:t>
+              <w:t>EUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ФЭ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0200BA8F" w14:textId="61273297" w:rsidR="00A7165D" w:rsidRPr="00D144B7" w:rsidRDefault="00A7165D" w:rsidP="00A7165D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -714,116 +575,250 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>етров продукции. Необходимо подробно заполнить настоящий опросный лист для корректного расчета стоимости и реального срока производства</w:t>
       </w:r>
       <w:r w:rsidR="006F13A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> партии</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34D6763E" w14:textId="34219CB2" w:rsidR="004A4A21" w:rsidRPr="004A4A21" w:rsidRDefault="004A4A21" w:rsidP="00A7165D">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="461033DB" w14:textId="77777777" w:rsidR="004A4A21" w:rsidRPr="004A4A21" w:rsidRDefault="004A4A21" w:rsidP="004A4A21">
+    <w:p w14:paraId="7E87D776" w14:textId="77777777" w:rsidR="00535DD7" w:rsidRDefault="00535DD7" w:rsidP="00CF2FF0">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:ind w:right="974"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4228">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сравнение нержавеющих сталей AISI-304 -321 -316L : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00EB4228">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>см.документ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="20E4D864" w14:textId="77777777" w:rsidR="00CF2FF0" w:rsidRPr="00EB4228" w:rsidRDefault="00CF2FF0" w:rsidP="00CF2FF0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:ind w:right="974"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4A21">
+    </w:p>
+    <w:p w14:paraId="68543002" w14:textId="77777777" w:rsidR="00CF2FF0" w:rsidRDefault="00535DD7" w:rsidP="00535DD7">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:right="175"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Сравнение нержавеющих сталей AISI-321 -304 -316</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0012792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Если Вас интересу</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет технологическая информация, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA967B6" w14:textId="438F3795" w:rsidR="00535DD7" w:rsidRDefault="00535DD7" w:rsidP="00535DD7">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:right="175"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>L :</w:t>
+        <w:t>см.энциклопедия</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EUSS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перейдите </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00BD4C3F">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>по ссылке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C08431" w14:textId="515516B3" w:rsidR="00A7165D" w:rsidRPr="007856F8" w:rsidRDefault="00000000" w:rsidP="007856F8">
-[...3 lines deleted...]
-        <w:ind w:right="974"/>
+    <w:p w14:paraId="4BFB0744" w14:textId="77777777" w:rsidR="00535DD7" w:rsidRPr="00BD4C3F" w:rsidRDefault="00535DD7" w:rsidP="00535DD7">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-[...13 lines deleted...]
-      </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3533"/>
         <w:gridCol w:w="6096"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7165D" w14:paraId="784F386E" w14:textId="77777777" w:rsidTr="00A7165D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3533" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A44AB34" w14:textId="1C3F127C" w:rsidR="00A7165D" w:rsidRDefault="00A7165D" w:rsidP="00C63656">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -1029,143 +1024,127 @@
     <w:p w14:paraId="17EC0070" w14:textId="263ECF31" w:rsidR="00AA6E5C" w:rsidRDefault="00AA6E5C" w:rsidP="00F62C03">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19591C45" w14:textId="3B4D42BA" w:rsidR="0062228C" w:rsidRDefault="00F62C03" w:rsidP="00F62C03">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F62C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54EBA568" wp14:editId="29E26197">
-            <wp:extent cx="3460831" cy="1687150"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54EBA568" wp14:editId="65FD933F">
+            <wp:extent cx="4867318" cy="2372810"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3578700" cy="1744611"/>
+                      <a:ext cx="5057623" cy="2465584"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283D12BE" w14:textId="43176929" w:rsidR="00BE4F9E" w:rsidRPr="009D1B66" w:rsidRDefault="009D1B66" w:rsidP="009D1B66">
+    <w:p w14:paraId="283D12BE" w14:textId="4C06C475" w:rsidR="00BE4F9E" w:rsidRPr="009D1B66" w:rsidRDefault="009D1B66" w:rsidP="009D1B66">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">конструкция </w:t>
       </w:r>
       <w:r w:rsidR="00F62C03" w:rsidRPr="009D1B66">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Фильтроэлемент</w:t>
       </w:r>
       <w:r w:rsidR="00AA0DE7" w:rsidRPr="005B19E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA0DE7" w:rsidRPr="009D1B66">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...15 lines deleted...]
-        <w:t>USS</w:t>
+        <w:t>EUSS</w:t>
       </w:r>
       <w:r w:rsidR="00AA0DE7" w:rsidRPr="005B19E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA0DE7" w:rsidRPr="009D1B66">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ФЭ</w:t>
       </w:r>
       <w:r w:rsidR="005B19E8" w:rsidRPr="005B19E8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE77DEA" w14:textId="51119030" w:rsidR="00AF1F59" w:rsidRPr="00AF1F59" w:rsidRDefault="009D1B66" w:rsidP="007856F8">
@@ -1350,65 +1329,51 @@
               <w:t xml:space="preserve">прямая / обратная </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007856F8" w:rsidRPr="00B63EB0" w14:paraId="63C5953C" w14:textId="77777777" w:rsidTr="000F44C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5620F9EC" w14:textId="4F010DA5" w:rsidR="007856F8" w:rsidRDefault="007856F8" w:rsidP="007856F8">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Укажите назначение и способ применения </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> составе конструкции какого типа</w:t>
+              <w:t>Укажите назначение и способ применения фильтроэлемента, в составе конструкции какого типа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598EDA76" w14:textId="77777777" w:rsidR="007856F8" w:rsidRDefault="007856F8" w:rsidP="007856F8">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>подробнее</w:t>
             </w:r>
@@ -1981,50 +1946,51 @@
               <w:t>или укажите другой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00531C6F" w14:paraId="25FFAEBC" w14:textId="77777777" w:rsidTr="000F44C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57D5C518" w14:textId="3C98EE80" w:rsidR="00531C6F" w:rsidRDefault="00531C6F" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Геометрия и размеры сечения </w:t>
             </w:r>
             <w:r w:rsidR="00BA1022">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">рабочего </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>профиля фильтроэлемента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EF70821" w14:textId="77777777" w:rsidR="00531C6F" w:rsidRDefault="00531C6F" w:rsidP="000F44C3">
             <w:pPr>
               <w:pStyle w:val="30"/>
@@ -2149,51 +2115,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00764355" w:rsidRPr="00B63EB0" w14:paraId="3A3BB247" w14:textId="77777777" w:rsidTr="0062228C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78A34175" w14:textId="7944BD4F" w:rsidR="00764355" w:rsidRDefault="00F16FF2" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Требуемая пропускная способность, м3 / сутки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A131C91" w14:textId="5C7B6BC3" w:rsidR="00764355" w:rsidRPr="00035094" w:rsidRDefault="00F16FF2" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">при необходимости укажите в других </w:t>
@@ -2671,67 +2636,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00764355" w:rsidRPr="00B63EB0" w14:paraId="3BFEBCF1" w14:textId="77777777" w:rsidTr="001E4157">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12798236" w14:textId="26B83AED" w:rsidR="00764355" w:rsidRPr="00D32B39" w:rsidRDefault="00764355" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB199C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Содержание </w:t>
-[...15 lines deleted...]
-              <w:t>, % масс</w:t>
+              <w:t>Содержание асфальтенов, % масс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A850431" w14:textId="77777777" w:rsidR="00764355" w:rsidRPr="00035094" w:rsidRDefault="00764355" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00764355" w:rsidRPr="00B63EB0" w14:paraId="2B7006DD" w14:textId="77777777" w:rsidTr="001E4157">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -2942,81 +2891,81 @@
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ФИО и подпись &lt;ОБЯЗАТЕЛЬНО</w:t>
       </w:r>
       <w:r w:rsidRPr="003F5D54">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA6E5C" w:rsidRPr="003F5D54" w:rsidSect="00893F9A">
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="674" w:right="1133" w:bottom="284" w:left="1134" w:header="426" w:footer="211" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53D07E92" w14:textId="77777777" w:rsidR="005E3F0A" w:rsidRDefault="005E3F0A">
+    <w:p w14:paraId="233A9F48" w14:textId="77777777" w:rsidR="00012DCC" w:rsidRDefault="00012DCC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D85795F" w14:textId="77777777" w:rsidR="005E3F0A" w:rsidRDefault="005E3F0A">
+    <w:p w14:paraId="00F5E34B" w14:textId="77777777" w:rsidR="00012DCC" w:rsidRDefault="00012DCC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Matricha">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
@@ -3048,85 +2997,85 @@
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="66835DEE" w14:textId="77777777" w:rsidR="00583B9F" w:rsidRDefault="00583B9F" w:rsidP="00DD2691">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="58B75A69" w14:textId="77777777" w:rsidR="00583B9F" w:rsidRDefault="00583B9F">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F23B787" w14:textId="77777777" w:rsidR="005E3F0A" w:rsidRDefault="005E3F0A">
+    <w:p w14:paraId="3A3C219B" w14:textId="77777777" w:rsidR="00012DCC" w:rsidRDefault="00012DCC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3514F388" w14:textId="77777777" w:rsidR="005E3F0A" w:rsidRDefault="005E3F0A">
+    <w:p w14:paraId="0CD5C635" w14:textId="77777777" w:rsidR="00012DCC" w:rsidRDefault="00012DCC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00B41815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDF25EF6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6994,90 +6943,91 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="921572625">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="564531757">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="241376016">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7181"/>
     <w:rsid w:val="00000812"/>
     <w:rsid w:val="00003F2C"/>
     <w:rsid w:val="000070F3"/>
     <w:rsid w:val="000072A2"/>
     <w:rsid w:val="000074C8"/>
     <w:rsid w:val="00007599"/>
     <w:rsid w:val="00007AFB"/>
     <w:rsid w:val="00011F48"/>
     <w:rsid w:val="00012004"/>
     <w:rsid w:val="00012165"/>
     <w:rsid w:val="00012890"/>
+    <w:rsid w:val="00012DCC"/>
     <w:rsid w:val="00013412"/>
     <w:rsid w:val="00013AC6"/>
     <w:rsid w:val="00020D6F"/>
     <w:rsid w:val="00021C5D"/>
     <w:rsid w:val="00023621"/>
     <w:rsid w:val="00024086"/>
     <w:rsid w:val="00024622"/>
     <w:rsid w:val="00024D96"/>
     <w:rsid w:val="00025254"/>
     <w:rsid w:val="00025378"/>
     <w:rsid w:val="00025F47"/>
     <w:rsid w:val="00027605"/>
     <w:rsid w:val="0002788B"/>
     <w:rsid w:val="00027920"/>
     <w:rsid w:val="00030E5E"/>
     <w:rsid w:val="0003131E"/>
     <w:rsid w:val="00032536"/>
     <w:rsid w:val="000339ED"/>
     <w:rsid w:val="00033BA2"/>
     <w:rsid w:val="000344C2"/>
     <w:rsid w:val="00035094"/>
     <w:rsid w:val="00036E63"/>
     <w:rsid w:val="000407DB"/>
     <w:rsid w:val="00041E60"/>
     <w:rsid w:val="000423BA"/>
@@ -7355,50 +7305,51 @@
     <w:rsid w:val="002B08D1"/>
     <w:rsid w:val="002B1781"/>
     <w:rsid w:val="002B1CCA"/>
     <w:rsid w:val="002B23F7"/>
     <w:rsid w:val="002B3346"/>
     <w:rsid w:val="002B3361"/>
     <w:rsid w:val="002B3B2D"/>
     <w:rsid w:val="002B5315"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002B5C9A"/>
     <w:rsid w:val="002C040D"/>
     <w:rsid w:val="002C1D77"/>
     <w:rsid w:val="002C1F39"/>
     <w:rsid w:val="002C4138"/>
     <w:rsid w:val="002C7EF2"/>
     <w:rsid w:val="002D087A"/>
     <w:rsid w:val="002D19BB"/>
     <w:rsid w:val="002D349B"/>
     <w:rsid w:val="002D3849"/>
     <w:rsid w:val="002D4A37"/>
     <w:rsid w:val="002D4D94"/>
     <w:rsid w:val="002D51C5"/>
     <w:rsid w:val="002D5776"/>
     <w:rsid w:val="002E0F6D"/>
     <w:rsid w:val="002E12DD"/>
+    <w:rsid w:val="002E2A45"/>
     <w:rsid w:val="002E2DD0"/>
     <w:rsid w:val="002E6E4C"/>
     <w:rsid w:val="002E7D16"/>
     <w:rsid w:val="002F1151"/>
     <w:rsid w:val="002F264A"/>
     <w:rsid w:val="002F2CB7"/>
     <w:rsid w:val="002F4365"/>
     <w:rsid w:val="002F68F6"/>
     <w:rsid w:val="003014CE"/>
     <w:rsid w:val="00301588"/>
     <w:rsid w:val="00301FB7"/>
     <w:rsid w:val="00302734"/>
     <w:rsid w:val="003043B9"/>
     <w:rsid w:val="00306C24"/>
     <w:rsid w:val="0030708E"/>
     <w:rsid w:val="0031053F"/>
     <w:rsid w:val="00310FE2"/>
     <w:rsid w:val="00311364"/>
     <w:rsid w:val="00312699"/>
     <w:rsid w:val="003156F5"/>
     <w:rsid w:val="00317B2F"/>
     <w:rsid w:val="00321538"/>
     <w:rsid w:val="0032253E"/>
     <w:rsid w:val="00322FB4"/>
     <w:rsid w:val="00323320"/>
@@ -7604,50 +7555,51 @@
     <w:rsid w:val="00503D11"/>
     <w:rsid w:val="005051F9"/>
     <w:rsid w:val="0050564E"/>
     <w:rsid w:val="00511AED"/>
     <w:rsid w:val="0051380A"/>
     <w:rsid w:val="005143A7"/>
     <w:rsid w:val="005151A6"/>
     <w:rsid w:val="0051728F"/>
     <w:rsid w:val="00517B5A"/>
     <w:rsid w:val="00520136"/>
     <w:rsid w:val="0052039E"/>
     <w:rsid w:val="005210A2"/>
     <w:rsid w:val="00521831"/>
     <w:rsid w:val="00521C35"/>
     <w:rsid w:val="00523C32"/>
     <w:rsid w:val="00524EED"/>
     <w:rsid w:val="00525E88"/>
     <w:rsid w:val="0052655D"/>
     <w:rsid w:val="00526BED"/>
     <w:rsid w:val="00527EB0"/>
     <w:rsid w:val="005312F5"/>
     <w:rsid w:val="00531C6F"/>
     <w:rsid w:val="00533A1C"/>
     <w:rsid w:val="00533CB1"/>
     <w:rsid w:val="00533CDD"/>
+    <w:rsid w:val="00535DD7"/>
     <w:rsid w:val="00536057"/>
     <w:rsid w:val="00536898"/>
     <w:rsid w:val="00537669"/>
     <w:rsid w:val="00537FBE"/>
     <w:rsid w:val="00540FA4"/>
     <w:rsid w:val="00542D5D"/>
     <w:rsid w:val="005435C3"/>
     <w:rsid w:val="00544090"/>
     <w:rsid w:val="00545779"/>
     <w:rsid w:val="0054591E"/>
     <w:rsid w:val="005466F3"/>
     <w:rsid w:val="00547FA2"/>
     <w:rsid w:val="00551E9E"/>
     <w:rsid w:val="00553B74"/>
     <w:rsid w:val="00554576"/>
     <w:rsid w:val="00555CC9"/>
     <w:rsid w:val="00556825"/>
     <w:rsid w:val="00556B0C"/>
     <w:rsid w:val="0055716D"/>
     <w:rsid w:val="0055790D"/>
     <w:rsid w:val="00561B3E"/>
     <w:rsid w:val="00561B6B"/>
     <w:rsid w:val="00561B77"/>
     <w:rsid w:val="00562674"/>
     <w:rsid w:val="005634DB"/>
@@ -8437,50 +8389,51 @@
     <w:rsid w:val="00CB5261"/>
     <w:rsid w:val="00CB6099"/>
     <w:rsid w:val="00CB6DDA"/>
     <w:rsid w:val="00CB77DE"/>
     <w:rsid w:val="00CC0477"/>
     <w:rsid w:val="00CC0B43"/>
     <w:rsid w:val="00CC1377"/>
     <w:rsid w:val="00CC1767"/>
     <w:rsid w:val="00CC2D8A"/>
     <w:rsid w:val="00CC3409"/>
     <w:rsid w:val="00CC39ED"/>
     <w:rsid w:val="00CC3B79"/>
     <w:rsid w:val="00CC4487"/>
     <w:rsid w:val="00CC53DD"/>
     <w:rsid w:val="00CC601C"/>
     <w:rsid w:val="00CC7612"/>
     <w:rsid w:val="00CD3356"/>
     <w:rsid w:val="00CD4CF7"/>
     <w:rsid w:val="00CD7A54"/>
     <w:rsid w:val="00CE1E41"/>
     <w:rsid w:val="00CE6E53"/>
     <w:rsid w:val="00CE7F6D"/>
     <w:rsid w:val="00CF08A4"/>
     <w:rsid w:val="00CF1237"/>
     <w:rsid w:val="00CF16C9"/>
+    <w:rsid w:val="00CF2FF0"/>
     <w:rsid w:val="00CF3DFD"/>
     <w:rsid w:val="00CF3E58"/>
     <w:rsid w:val="00CF4658"/>
     <w:rsid w:val="00CF4CE8"/>
     <w:rsid w:val="00CF59FD"/>
     <w:rsid w:val="00CF644D"/>
     <w:rsid w:val="00CF65C8"/>
     <w:rsid w:val="00CF787E"/>
     <w:rsid w:val="00D03001"/>
     <w:rsid w:val="00D04319"/>
     <w:rsid w:val="00D048A1"/>
     <w:rsid w:val="00D06DE0"/>
     <w:rsid w:val="00D073CD"/>
     <w:rsid w:val="00D07971"/>
     <w:rsid w:val="00D07E60"/>
     <w:rsid w:val="00D10BEB"/>
     <w:rsid w:val="00D12403"/>
     <w:rsid w:val="00D144B7"/>
     <w:rsid w:val="00D150BF"/>
     <w:rsid w:val="00D21352"/>
     <w:rsid w:val="00D233F5"/>
     <w:rsid w:val="00D251F5"/>
     <w:rsid w:val="00D26366"/>
     <w:rsid w:val="00D264A4"/>
     <w:rsid w:val="00D2722C"/>
@@ -8640,50 +8593,51 @@
     <w:rsid w:val="00EE27E5"/>
     <w:rsid w:val="00EE62E3"/>
     <w:rsid w:val="00EE6351"/>
     <w:rsid w:val="00EE7819"/>
     <w:rsid w:val="00EF04A5"/>
     <w:rsid w:val="00EF17BA"/>
     <w:rsid w:val="00EF259D"/>
     <w:rsid w:val="00EF33E4"/>
     <w:rsid w:val="00EF3F78"/>
     <w:rsid w:val="00EF7520"/>
     <w:rsid w:val="00F0015F"/>
     <w:rsid w:val="00F0061B"/>
     <w:rsid w:val="00F0129D"/>
     <w:rsid w:val="00F01B99"/>
     <w:rsid w:val="00F03775"/>
     <w:rsid w:val="00F04C76"/>
     <w:rsid w:val="00F057AC"/>
     <w:rsid w:val="00F05B7E"/>
     <w:rsid w:val="00F0647E"/>
     <w:rsid w:val="00F10000"/>
     <w:rsid w:val="00F10E33"/>
     <w:rsid w:val="00F11381"/>
     <w:rsid w:val="00F11A54"/>
     <w:rsid w:val="00F11C21"/>
     <w:rsid w:val="00F13C11"/>
+    <w:rsid w:val="00F15634"/>
     <w:rsid w:val="00F16C7C"/>
     <w:rsid w:val="00F16FF2"/>
     <w:rsid w:val="00F177E9"/>
     <w:rsid w:val="00F17F82"/>
     <w:rsid w:val="00F23CAC"/>
     <w:rsid w:val="00F25F13"/>
     <w:rsid w:val="00F325FE"/>
     <w:rsid w:val="00F3266A"/>
     <w:rsid w:val="00F34883"/>
     <w:rsid w:val="00F3654E"/>
     <w:rsid w:val="00F3671C"/>
     <w:rsid w:val="00F4138E"/>
     <w:rsid w:val="00F41AD3"/>
     <w:rsid w:val="00F41E91"/>
     <w:rsid w:val="00F42E9E"/>
     <w:rsid w:val="00F44091"/>
     <w:rsid w:val="00F44443"/>
     <w:rsid w:val="00F44B33"/>
     <w:rsid w:val="00F44B50"/>
     <w:rsid w:val="00F45649"/>
     <w:rsid w:val="00F4675E"/>
     <w:rsid w:val="00F46CCC"/>
     <w:rsid w:val="00F46DBD"/>
     <w:rsid w:val="00F478F6"/>
     <w:rsid w:val="00F51F51"/>
@@ -8763,51 +8717,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E279F22"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9619,51 +9573,51 @@
     <w:name w:val="Текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A7165D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EB4621"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="25257348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="30039842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9915,51 +9869,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1885940149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidigit.ru/do?it=ecosystem.companies.pageDocument.show&amp;content_id=jTO2ZyDX&amp;company_id=3vvOH4Wn" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@e-uss.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-uss.ru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euss.online/go?to=page.dictionary" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidigit.ru/do?it=ecosystem.companies.pageDocument.show&amp;content_id=jTO2ZyDX&amp;company_id=3vvOH4Wn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@euss.online" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euss.online/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10222,75 +10176,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{999BCB25-2A55-054F-A77F-015840CA31E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>388</Words>
-  <Characters>2217</Characters>
+  <Words>413</Words>
+  <Characters>2355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2600</CharactersWithSpaces>
+  <CharactersWithSpaces>2763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>1572935</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.e-uss.ru/i-subscribe.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>458858</vt:i4>
       </vt:variant>
       <vt:variant>