--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10349" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="9214"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B6415" w:rsidRPr="00442357" w14:paraId="2B343958" w14:textId="77777777" w:rsidTr="004A37B1">
         <w:trPr>
           <w:trHeight w:val="990"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2682493D" w14:textId="77777777" w:rsidR="007B6415" w:rsidRPr="000D2E3F" w:rsidRDefault="007B6415" w:rsidP="004A37B1">
             <w:pPr>
@@ -136,150 +136,83 @@
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidRPr="00533CB1">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">роизводство </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17AF5708" w14:textId="77777777" w:rsidR="007B6415" w:rsidRPr="00722126" w:rsidRDefault="007B6415" w:rsidP="004A37B1">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CAA7E16" w14:textId="77777777" w:rsidR="007B6415" w:rsidRPr="00DE0AFB" w:rsidRDefault="007B6415" w:rsidP="004A37B1">
+          <w:p w14:paraId="306BE49E" w14:textId="77777777" w:rsidR="00324853" w:rsidRPr="003014CE" w:rsidRDefault="00324853" w:rsidP="00324853">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>E-USS</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="1"/>
+              <w:t xml:space="preserve">EUSS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003014CE">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-            </w:pPr>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>г.Рязань</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003014CE">
-[...32 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="573D49A1" w14:textId="454BAD52" w:rsidR="007B6415" w:rsidRPr="004F6ABD" w:rsidRDefault="007B6415" w:rsidP="004A37B1">
+          <w:p w14:paraId="362E588A" w14:textId="77777777" w:rsidR="00324853" w:rsidRDefault="00324853" w:rsidP="00324853">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
+                <w:rStyle w:val="a3"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UTC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> +3</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
@@ -290,150 +223,122 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>тел</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">факс: +7 (4912) </w:t>
             </w:r>
-            <w:r w:rsidR="002F6013" w:rsidRPr="002F6013">
+            <w:r w:rsidRPr="000917EE">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>477746</w:t>
             </w:r>
             <w:r w:rsidRPr="006B7205">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> | </w:t>
             </w:r>
+            <w:r w:rsidRPr="00503BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайт </w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00C14626">
+              <w:r w:rsidRPr="00503BBF">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                   <w:b w:val="0"/>
-                  <w:lang w:val="en-US"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
-                <w:t>www</w:t>
+                <w:t>euss.online</w:t>
               </w:r>
-              <w:r w:rsidRPr="006B7205">
+            </w:hyperlink>
+            <w:r w:rsidRPr="00A458E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> |</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7205">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00F37EEA">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                   <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                 </w:rPr>
-                <w:t>.</w:t>
+                <w:t>support@euss.online</w:t>
               </w:r>
-              <w:r w:rsidRPr="00C14626">
-[...45 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="653E89AA" w14:textId="77777777" w:rsidR="007B6415" w:rsidRPr="00442357" w:rsidRDefault="007B6415" w:rsidP="004A37B1">
+          <w:p w14:paraId="653E89AA" w14:textId="23EB71C8" w:rsidR="007B6415" w:rsidRPr="00442357" w:rsidRDefault="007B6415" w:rsidP="004A37B1">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B7205">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CE0C8C1" w14:textId="77777777" w:rsidR="007B6415" w:rsidRDefault="007B6415"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B6415" w:rsidRPr="00D144B7" w14:paraId="687B57B6" w14:textId="77777777" w:rsidTr="007B6415">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DDB7C1B" w14:textId="77777777" w:rsidR="007B6415" w:rsidRDefault="007B6415" w:rsidP="007B6415">
             <w:pPr>
@@ -449,114 +354,93 @@
           </w:p>
           <w:p w14:paraId="744D95B2" w14:textId="77777777" w:rsidR="007B6415" w:rsidRPr="00A7165D" w:rsidRDefault="007B6415" w:rsidP="00BE5865">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7165D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>опросный лист</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37CCC5E3" w14:textId="395E4D99" w:rsidR="007B6415" w:rsidRPr="00A7165D" w:rsidRDefault="007B6415" w:rsidP="00A7165D">
+          <w:p w14:paraId="37CCC5E3" w14:textId="035AB4BC" w:rsidR="007B6415" w:rsidRPr="00A7165D" w:rsidRDefault="007B6415" w:rsidP="00A7165D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7165D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">на партию Фильтр </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">скважинный </w:t>
             </w:r>
             <w:r w:rsidR="002F6013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>E</w:t>
-[...20 lines deleted...]
-              <w:t>USS</w:t>
+              <w:t>EUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ФС</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0200BA8F" w14:textId="61273297" w:rsidR="007B6415" w:rsidRPr="00D144B7" w:rsidRDefault="007B6415" w:rsidP="00A7165D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -605,116 +489,237 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Стоимость продукции зависит от объема партии и параметров продукции. Необходимо подробно заполнить настоящий опросный лист для корректного расчета стоимости и реального срока производства</w:t>
       </w:r>
       <w:r w:rsidR="006F13A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> партии</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15AD42D9" w14:textId="77777777" w:rsidR="000D5A19" w:rsidRPr="004A4A21" w:rsidRDefault="000D5A19" w:rsidP="000D5A19">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32EA41D2" w14:textId="77777777" w:rsidR="000D5A19" w:rsidRPr="004A4A21" w:rsidRDefault="000D5A19" w:rsidP="000D5A19">
+    <w:p w14:paraId="269457B8" w14:textId="77777777" w:rsidR="0028072F" w:rsidRDefault="0028072F" w:rsidP="0028072F">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:ind w:right="974"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4228">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сравнение нержавеющих сталей AISI-304 -321 -316L : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00EB4228">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>см.документ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="23F5F720" w14:textId="77777777" w:rsidR="0028072F" w:rsidRPr="00EB4228" w:rsidRDefault="0028072F" w:rsidP="0028072F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:ind w:right="974"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4A21">
+    </w:p>
+    <w:p w14:paraId="2E1652D4" w14:textId="77777777" w:rsidR="0028072F" w:rsidRDefault="0028072F" w:rsidP="0028072F">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:right="175"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Сравнение нержавеющих сталей AISI-321 -304 -316</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0012792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Если Вас интересу</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет технологическая информация, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29745E71" w14:textId="77777777" w:rsidR="0028072F" w:rsidRDefault="0028072F" w:rsidP="0028072F">
+      <w:pPr>
+        <w:pStyle w:val="30"/>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:right="175"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>L :</w:t>
+        <w:t>см.энциклопедия</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004A4A21">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:r w:rsidR="000D5A19" w:rsidRPr="004A4A21">
+        <w:t>EUSS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перейдите </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BD4C3F">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:b/>
+            <w:bCs/>
           </w:rPr>
-          <w:t>см.документ</w:t>
+          <w:t>по ссылке</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="69C08431" w14:textId="77777777" w:rsidR="00A7165D" w:rsidRPr="00D144B7" w:rsidRDefault="00A7165D" w:rsidP="00A7165D">
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3533"/>
         <w:gridCol w:w="6096"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7165D" w14:paraId="784F386E" w14:textId="77777777" w:rsidTr="00A7165D">
         <w:tc>
           <w:tcPr>
@@ -956,83 +961,83 @@
           <w:color w:val="2D2D2D"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07FE36DB" wp14:editId="3E8B2BBA">
             <wp:extent cx="5793101" cy="1743621"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="20" name="Изображение 20" descr="ФильТУ+Д4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="ФильТУ+Д4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="email">
+                    <a:blip r:embed="rId13" cstate="email">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940830" cy="1788085"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE4C8CD" w14:textId="02CD0687" w:rsidR="00C95FD0" w:rsidRPr="00C95FD0" w:rsidRDefault="00C95FD0" w:rsidP="00C95FD0">
+    <w:p w14:paraId="6AE784F6" w14:textId="7BC4C726" w:rsidR="00C95FD0" w:rsidRPr="00381FAB" w:rsidRDefault="00C95FD0" w:rsidP="00381FAB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="2D2D2D"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C95FD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="2D2D2D"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">конструкция с одной секцией фильтроэлемента </w:t>
       </w:r>
       <w:r w:rsidR="002F6013">
@@ -1064,111 +1069,137 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="2D2D2D"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>USS</w:t>
       </w:r>
       <w:r w:rsidRPr="00C95FD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="2D2D2D"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> ФС</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE784F6" w14:textId="77777777" w:rsidR="00C95FD0" w:rsidRDefault="00C95FD0" w:rsidP="00AA6E5C">
+    <w:p w14:paraId="6E8DC547" w14:textId="77777777" w:rsidR="00381FAB" w:rsidRDefault="00AA6E5C" w:rsidP="00AA6E5C">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6E5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 – труба, </w:t>
       </w:r>
       <w:r w:rsidR="00C95FD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2 – фильтроэлемент </w:t>
       </w:r>
       <w:r w:rsidR="00B57138">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Джонсона</w:t>
       </w:r>
       <w:r w:rsidR="00C95FD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6E5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3 – перфорированное отверстие, 4 – муфта, 5 – центратор</w:t>
+        <w:t>3 – перфорированное отверстие</w:t>
+      </w:r>
+      <w:r w:rsidR="00381FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или иной фасон щели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D99005" w14:textId="553BB4A3" w:rsidR="00AA6E5C" w:rsidRPr="00AA6E5C" w:rsidRDefault="00AA6E5C" w:rsidP="00AA6E5C">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4 – муфта, 5 – центратор</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19591C45" w14:textId="77777777" w:rsidR="0062228C" w:rsidRDefault="0062228C" w:rsidP="00A7165D">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5943"/>
         <w:gridCol w:w="3686"/>
       </w:tblGrid>
       <w:tr w:rsidR="0062228C" w:rsidRPr="00B63EB0" w14:paraId="132F5EEC" w14:textId="77777777" w:rsidTr="0062228C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
@@ -2063,50 +2094,51 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6E5C" w:rsidRPr="00B63EB0" w14:paraId="2DEF4AD6" w14:textId="77777777" w:rsidTr="0062228C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068B8DDC" w14:textId="7B4CFD5A" w:rsidR="00AA6E5C" w:rsidRDefault="00AA6E5C" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>особая (уникальная) геометрия отверстия</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67F7E3D7" w14:textId="49C2CDB3" w:rsidR="00AA6E5C" w:rsidRDefault="00AA6E5C" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>на интервале перфорации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
@@ -2138,51 +2170,50 @@
               <w:t xml:space="preserve"> / дать подробное описание или приложить чертеж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6E5C" w:rsidRPr="00B63EB0" w14:paraId="19D1FCE2" w14:textId="77777777" w:rsidTr="0062228C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38EF766E" w14:textId="17B5BB9F" w:rsidR="00AA6E5C" w:rsidRDefault="00AA6E5C" w:rsidP="00C36F77">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>особая (уникальная) последовательность отверстий</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06DD3F88" w14:textId="559F3599" w:rsidR="00AA6E5C" w:rsidRDefault="00AA6E5C" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>на интервале перфорации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
@@ -2490,51 +2521,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Материал фильтроэлемента</w:t>
             </w:r>
             <w:r w:rsidR="00B57138">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Джонсона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09574E61" w14:textId="62EF9EF0" w:rsidR="007A54A0" w:rsidRPr="00403EE4" w:rsidRDefault="00B57138" w:rsidP="00B63EB0">
+          <w:p w14:paraId="09574E61" w14:textId="0F1866DA" w:rsidR="007A54A0" w:rsidRPr="00526637" w:rsidRDefault="00B57138" w:rsidP="00B63EB0">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">нержавеющая сталь </w:t>
             </w:r>
             <w:r w:rsidR="007A54A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AISI</w:t>
@@ -2567,60 +2598,102 @@
             <w:r w:rsidR="007A54A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AISI</w:t>
             </w:r>
             <w:r w:rsidR="007A54A0" w:rsidRPr="00403EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-316</w:t>
             </w:r>
             <w:r w:rsidR="007A54A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00526637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00526637" w:rsidRPr="00526637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00526637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>AISI</w:t>
+            </w:r>
+            <w:r w:rsidR="00526637" w:rsidRPr="00526637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-316</w:t>
+            </w:r>
+            <w:r w:rsidR="00526637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B4157" w:rsidRPr="00B63EB0" w14:paraId="717C179D" w14:textId="77777777" w:rsidTr="00207DE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11AB2202" w14:textId="06B6A8E7" w:rsidR="006B4157" w:rsidRDefault="006B4157" w:rsidP="00207DE9">
+          <w:p w14:paraId="11AB2202" w14:textId="3BC4932E" w:rsidR="006B4157" w:rsidRDefault="006B4157" w:rsidP="00207DE9">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">? Вы планируете применять </w:t>
             </w:r>
             <w:r w:rsidR="00B57138">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>обсы</w:t>
             </w:r>
             <w:r w:rsidR="00AE465B">
               <w:rPr>
@@ -2655,51 +2728,65 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">в скважине </w:t>
             </w:r>
             <w:r w:rsidR="00AE465B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">гравием </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>пропант</w:t>
+              <w:t>проп</w:t>
+            </w:r>
+            <w:r w:rsidR="007567EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ант</w:t>
             </w:r>
             <w:r w:rsidR="00AE465B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D4454F4" w14:textId="77777777" w:rsidR="006B4157" w:rsidRPr="00B63EB0" w:rsidRDefault="006B4157" w:rsidP="00207DE9">
             <w:pPr>
               <w:pStyle w:val="30"/>
@@ -3050,223 +3137,172 @@
           <w:p w14:paraId="03C4295A" w14:textId="74F100C0" w:rsidR="00C92E3C" w:rsidRPr="00B63EB0" w:rsidRDefault="00C92E3C" w:rsidP="0052655D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Центратор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="177305BD" w14:textId="2872A665" w:rsidR="00C92E3C" w:rsidRPr="0052655D" w:rsidRDefault="00C92E3C" w:rsidP="0052655D">
+          <w:p w14:paraId="177305BD" w14:textId="1B0E1B7D" w:rsidR="00C92E3C" w:rsidRPr="0052655D" w:rsidRDefault="00C92E3C" w:rsidP="0052655D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0052655D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">не предусматривается / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0052655D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>центратор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0052655D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> жесткий алюминиевый </w:t>
             </w:r>
             <w:r w:rsidR="002F6013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>E</w:t>
-[...16 lines deleted...]
-              <w:t>USS</w:t>
+              <w:t>EUSS</w:t>
             </w:r>
             <w:r w:rsidRPr="0052655D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЦЖА /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>центратор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> жесткий стальной </w:t>
             </w:r>
             <w:r w:rsidR="002F6013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>E</w:t>
-[...16 lines deleted...]
-              <w:t>USS</w:t>
+              <w:t>EUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЦЖС / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>центратор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> пружинный стальной </w:t>
             </w:r>
             <w:r w:rsidR="002F6013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>E</w:t>
-[...16 lines deleted...]
-              <w:t>USS</w:t>
+              <w:t>EUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЦПС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C92E3C" w:rsidRPr="00B63EB0" w14:paraId="7ACE5F34" w14:textId="77777777" w:rsidTr="0062228C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EC89381" w14:textId="1615D4D6" w:rsidR="00C92E3C" w:rsidRPr="0052655D" w:rsidRDefault="00C92E3C" w:rsidP="0052655D">
             <w:pPr>
               <w:pStyle w:val="30"/>
               <w:ind w:left="0" w:right="175"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
@@ -3467,191 +3503,191 @@
       <w:pPr>
         <w:pStyle w:val="30"/>
         <w:ind w:left="0" w:right="175"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ФИО и подпись &lt;ОБЯЗАТЕЛЬНО</w:t>
       </w:r>
       <w:r w:rsidRPr="003B23B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA6E5C" w:rsidRPr="003B23B9" w:rsidSect="00893F9A">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="674" w:right="1133" w:bottom="284" w:left="1134" w:header="426" w:footer="211" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34C71B17" w14:textId="77777777" w:rsidR="005F7243" w:rsidRDefault="005F7243">
+    <w:p w14:paraId="691F6102" w14:textId="77777777" w:rsidR="005B256B" w:rsidRDefault="005B256B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7071147D" w14:textId="77777777" w:rsidR="005F7243" w:rsidRDefault="005F7243">
+    <w:p w14:paraId="7956FA9B" w14:textId="77777777" w:rsidR="005B256B" w:rsidRDefault="005B256B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Matricha">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="66835DEE" w14:textId="77777777" w:rsidR="00583B9F" w:rsidRDefault="00583B9F" w:rsidP="00DD2691">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="58B75A69" w14:textId="77777777" w:rsidR="00583B9F" w:rsidRDefault="00583B9F">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56D6FAA9" w14:textId="77777777" w:rsidR="005F7243" w:rsidRDefault="005F7243">
+    <w:p w14:paraId="2093BD69" w14:textId="77777777" w:rsidR="005B256B" w:rsidRDefault="005B256B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11B8C789" w14:textId="77777777" w:rsidR="005F7243" w:rsidRDefault="005F7243">
+    <w:p w14:paraId="5A275325" w14:textId="77777777" w:rsidR="005B256B" w:rsidRDefault="005B256B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00B41815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDF25EF6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7519,52 +7555,52 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1148867114">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="24409002">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="507673593">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -7828,154 +7864,158 @@
     <w:rsid w:val="00257D67"/>
     <w:rsid w:val="00261417"/>
     <w:rsid w:val="00261541"/>
     <w:rsid w:val="00261DA0"/>
     <w:rsid w:val="00262299"/>
     <w:rsid w:val="00262A80"/>
     <w:rsid w:val="002637A6"/>
     <w:rsid w:val="00264038"/>
     <w:rsid w:val="0026458D"/>
     <w:rsid w:val="00264814"/>
     <w:rsid w:val="00264A00"/>
     <w:rsid w:val="00264B2C"/>
     <w:rsid w:val="002653C7"/>
     <w:rsid w:val="00265B5B"/>
     <w:rsid w:val="00266B40"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00270551"/>
     <w:rsid w:val="002705BD"/>
     <w:rsid w:val="00270D14"/>
     <w:rsid w:val="00271D9E"/>
     <w:rsid w:val="0027401D"/>
     <w:rsid w:val="002750DE"/>
     <w:rsid w:val="0027609A"/>
     <w:rsid w:val="002764E4"/>
     <w:rsid w:val="00276611"/>
+    <w:rsid w:val="0028072F"/>
     <w:rsid w:val="00280CA1"/>
     <w:rsid w:val="00281126"/>
     <w:rsid w:val="002815C3"/>
     <w:rsid w:val="002817A8"/>
     <w:rsid w:val="002836B8"/>
     <w:rsid w:val="00284559"/>
     <w:rsid w:val="00287196"/>
     <w:rsid w:val="00287EAD"/>
     <w:rsid w:val="002909F0"/>
     <w:rsid w:val="00290AB7"/>
     <w:rsid w:val="002926AA"/>
     <w:rsid w:val="00293689"/>
     <w:rsid w:val="00293789"/>
     <w:rsid w:val="002941CD"/>
     <w:rsid w:val="00295BA6"/>
     <w:rsid w:val="002961B7"/>
     <w:rsid w:val="00297515"/>
     <w:rsid w:val="002A336D"/>
     <w:rsid w:val="002A495F"/>
     <w:rsid w:val="002B08D1"/>
     <w:rsid w:val="002B1781"/>
     <w:rsid w:val="002B1CCA"/>
     <w:rsid w:val="002B23F7"/>
     <w:rsid w:val="002B3346"/>
     <w:rsid w:val="002B3361"/>
     <w:rsid w:val="002B3B2D"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002B5C9A"/>
     <w:rsid w:val="002C040D"/>
     <w:rsid w:val="002C1D77"/>
     <w:rsid w:val="002C1F39"/>
     <w:rsid w:val="002C4138"/>
     <w:rsid w:val="002C7EF2"/>
     <w:rsid w:val="002D087A"/>
     <w:rsid w:val="002D19BB"/>
     <w:rsid w:val="002D349B"/>
     <w:rsid w:val="002D3849"/>
     <w:rsid w:val="002D4A37"/>
     <w:rsid w:val="002D4D94"/>
     <w:rsid w:val="002D51C5"/>
     <w:rsid w:val="002D5776"/>
     <w:rsid w:val="002E0F6D"/>
     <w:rsid w:val="002E12DD"/>
+    <w:rsid w:val="002E2A45"/>
     <w:rsid w:val="002E2DD0"/>
     <w:rsid w:val="002E6E4C"/>
     <w:rsid w:val="002E7D16"/>
     <w:rsid w:val="002F1151"/>
     <w:rsid w:val="002F264A"/>
     <w:rsid w:val="002F2CB7"/>
     <w:rsid w:val="002F4365"/>
     <w:rsid w:val="002F6013"/>
     <w:rsid w:val="002F68F6"/>
     <w:rsid w:val="003014CE"/>
     <w:rsid w:val="00301588"/>
     <w:rsid w:val="00301FB7"/>
     <w:rsid w:val="00302734"/>
     <w:rsid w:val="003043B9"/>
     <w:rsid w:val="00306C24"/>
     <w:rsid w:val="0030708E"/>
     <w:rsid w:val="0031053F"/>
     <w:rsid w:val="00310FE2"/>
     <w:rsid w:val="00311364"/>
     <w:rsid w:val="00312699"/>
     <w:rsid w:val="003156F5"/>
     <w:rsid w:val="00317B2F"/>
     <w:rsid w:val="00321538"/>
     <w:rsid w:val="0032253E"/>
     <w:rsid w:val="00322FB4"/>
     <w:rsid w:val="00323320"/>
     <w:rsid w:val="00324490"/>
+    <w:rsid w:val="00324853"/>
     <w:rsid w:val="00325900"/>
     <w:rsid w:val="00326E62"/>
     <w:rsid w:val="0032712D"/>
     <w:rsid w:val="00331E97"/>
     <w:rsid w:val="003334F0"/>
     <w:rsid w:val="00337ECC"/>
     <w:rsid w:val="00341EA6"/>
     <w:rsid w:val="00343571"/>
     <w:rsid w:val="003458AC"/>
     <w:rsid w:val="00347FFE"/>
     <w:rsid w:val="00350E71"/>
     <w:rsid w:val="003511AA"/>
     <w:rsid w:val="00351BC0"/>
     <w:rsid w:val="003520ED"/>
     <w:rsid w:val="0035226A"/>
     <w:rsid w:val="0035278B"/>
     <w:rsid w:val="003529DE"/>
     <w:rsid w:val="00352F21"/>
     <w:rsid w:val="00353DEA"/>
     <w:rsid w:val="00354611"/>
     <w:rsid w:val="00356429"/>
     <w:rsid w:val="003570A0"/>
     <w:rsid w:val="003576CD"/>
     <w:rsid w:val="00360886"/>
     <w:rsid w:val="00360B9A"/>
     <w:rsid w:val="003630EB"/>
     <w:rsid w:val="003645A3"/>
     <w:rsid w:val="0036657D"/>
     <w:rsid w:val="00370014"/>
     <w:rsid w:val="003727C3"/>
     <w:rsid w:val="0037527A"/>
     <w:rsid w:val="00375810"/>
     <w:rsid w:val="0037749F"/>
     <w:rsid w:val="003808CE"/>
+    <w:rsid w:val="00381FAB"/>
     <w:rsid w:val="00382559"/>
     <w:rsid w:val="00383ADB"/>
     <w:rsid w:val="00385CE4"/>
     <w:rsid w:val="003900F2"/>
     <w:rsid w:val="0039506C"/>
     <w:rsid w:val="00396C22"/>
     <w:rsid w:val="00396E4B"/>
     <w:rsid w:val="0039716C"/>
     <w:rsid w:val="00397A1F"/>
     <w:rsid w:val="00397CB9"/>
     <w:rsid w:val="003A051E"/>
     <w:rsid w:val="003A1FEE"/>
     <w:rsid w:val="003A2CA4"/>
     <w:rsid w:val="003A35CC"/>
     <w:rsid w:val="003A483B"/>
     <w:rsid w:val="003A5436"/>
     <w:rsid w:val="003A5C7E"/>
     <w:rsid w:val="003B23B9"/>
     <w:rsid w:val="003B2C24"/>
     <w:rsid w:val="003B2DA7"/>
     <w:rsid w:val="003B56F4"/>
     <w:rsid w:val="003B7210"/>
     <w:rsid w:val="003C1928"/>
     <w:rsid w:val="003C1948"/>
     <w:rsid w:val="003C1C74"/>
@@ -8111,145 +8151,149 @@
     <w:rsid w:val="00500ECC"/>
     <w:rsid w:val="00501D86"/>
     <w:rsid w:val="005029EC"/>
     <w:rsid w:val="005030ED"/>
     <w:rsid w:val="00503232"/>
     <w:rsid w:val="005036B5"/>
     <w:rsid w:val="005039CF"/>
     <w:rsid w:val="00503D11"/>
     <w:rsid w:val="005051F9"/>
     <w:rsid w:val="0050564E"/>
     <w:rsid w:val="00511AED"/>
     <w:rsid w:val="0051380A"/>
     <w:rsid w:val="005143A7"/>
     <w:rsid w:val="005151A6"/>
     <w:rsid w:val="0051728F"/>
     <w:rsid w:val="00517B5A"/>
     <w:rsid w:val="00520136"/>
     <w:rsid w:val="0052039E"/>
     <w:rsid w:val="005210A2"/>
     <w:rsid w:val="00521831"/>
     <w:rsid w:val="00521C35"/>
     <w:rsid w:val="00523C32"/>
     <w:rsid w:val="00524EED"/>
     <w:rsid w:val="00525E88"/>
     <w:rsid w:val="0052655D"/>
+    <w:rsid w:val="00526637"/>
     <w:rsid w:val="00526BED"/>
     <w:rsid w:val="00527EB0"/>
     <w:rsid w:val="005312F5"/>
     <w:rsid w:val="00533A1C"/>
     <w:rsid w:val="00533CB1"/>
     <w:rsid w:val="00533CDD"/>
     <w:rsid w:val="00536057"/>
     <w:rsid w:val="00536898"/>
     <w:rsid w:val="00537669"/>
     <w:rsid w:val="00537FBE"/>
     <w:rsid w:val="00542D5D"/>
     <w:rsid w:val="005435C3"/>
     <w:rsid w:val="00544090"/>
     <w:rsid w:val="00545779"/>
     <w:rsid w:val="005466F3"/>
     <w:rsid w:val="00546BB9"/>
     <w:rsid w:val="00547FA2"/>
     <w:rsid w:val="00551E9E"/>
+    <w:rsid w:val="00551FB8"/>
     <w:rsid w:val="00553B74"/>
     <w:rsid w:val="00554576"/>
     <w:rsid w:val="00555CC9"/>
     <w:rsid w:val="00556825"/>
     <w:rsid w:val="00556B0C"/>
     <w:rsid w:val="0055716D"/>
     <w:rsid w:val="0055790D"/>
     <w:rsid w:val="00561B3E"/>
     <w:rsid w:val="00561B6B"/>
     <w:rsid w:val="00561B77"/>
     <w:rsid w:val="00562674"/>
     <w:rsid w:val="005634DB"/>
     <w:rsid w:val="00563D42"/>
     <w:rsid w:val="0056470D"/>
     <w:rsid w:val="00564DD4"/>
     <w:rsid w:val="005656C0"/>
     <w:rsid w:val="00565B3E"/>
     <w:rsid w:val="00566B2E"/>
     <w:rsid w:val="005676FB"/>
     <w:rsid w:val="00571240"/>
     <w:rsid w:val="00571B92"/>
     <w:rsid w:val="00571DE6"/>
     <w:rsid w:val="00575237"/>
     <w:rsid w:val="0057526C"/>
     <w:rsid w:val="00576DAC"/>
     <w:rsid w:val="0058026D"/>
     <w:rsid w:val="005834AC"/>
     <w:rsid w:val="00583B9F"/>
     <w:rsid w:val="00583BFF"/>
     <w:rsid w:val="0058468B"/>
     <w:rsid w:val="00585654"/>
     <w:rsid w:val="005859C0"/>
     <w:rsid w:val="005913C4"/>
     <w:rsid w:val="005922CB"/>
     <w:rsid w:val="00593790"/>
     <w:rsid w:val="00593B2D"/>
     <w:rsid w:val="00594357"/>
     <w:rsid w:val="005951B8"/>
     <w:rsid w:val="0059531A"/>
     <w:rsid w:val="005963CA"/>
     <w:rsid w:val="0059737D"/>
     <w:rsid w:val="005A0D28"/>
     <w:rsid w:val="005A0FA0"/>
     <w:rsid w:val="005A1BA5"/>
     <w:rsid w:val="005A3473"/>
     <w:rsid w:val="005A3C57"/>
     <w:rsid w:val="005A48FD"/>
+    <w:rsid w:val="005B256B"/>
     <w:rsid w:val="005B35EB"/>
     <w:rsid w:val="005B3B7F"/>
     <w:rsid w:val="005B3E46"/>
     <w:rsid w:val="005B54EC"/>
     <w:rsid w:val="005C0B0E"/>
     <w:rsid w:val="005C3345"/>
     <w:rsid w:val="005C3447"/>
     <w:rsid w:val="005C3C7A"/>
     <w:rsid w:val="005C4CAC"/>
     <w:rsid w:val="005C5C07"/>
     <w:rsid w:val="005C6226"/>
     <w:rsid w:val="005D0398"/>
     <w:rsid w:val="005D1F25"/>
     <w:rsid w:val="005D20C5"/>
     <w:rsid w:val="005D2523"/>
     <w:rsid w:val="005D31A4"/>
     <w:rsid w:val="005D3A35"/>
     <w:rsid w:val="005D4423"/>
     <w:rsid w:val="005D4835"/>
     <w:rsid w:val="005D4D1F"/>
     <w:rsid w:val="005D5396"/>
     <w:rsid w:val="005D5FD1"/>
     <w:rsid w:val="005D6765"/>
     <w:rsid w:val="005E0876"/>
     <w:rsid w:val="005E234B"/>
     <w:rsid w:val="005E3E69"/>
     <w:rsid w:val="005E4FD5"/>
     <w:rsid w:val="005E7245"/>
     <w:rsid w:val="005F1818"/>
     <w:rsid w:val="005F1929"/>
+    <w:rsid w:val="005F1EAD"/>
     <w:rsid w:val="005F71CF"/>
     <w:rsid w:val="005F7243"/>
     <w:rsid w:val="005F726F"/>
     <w:rsid w:val="0060292A"/>
     <w:rsid w:val="00603C18"/>
     <w:rsid w:val="00604C27"/>
     <w:rsid w:val="00605CDB"/>
     <w:rsid w:val="006064A8"/>
     <w:rsid w:val="00606A6A"/>
     <w:rsid w:val="00610CE5"/>
     <w:rsid w:val="00611D31"/>
     <w:rsid w:val="00611DA4"/>
     <w:rsid w:val="00614127"/>
     <w:rsid w:val="00614321"/>
     <w:rsid w:val="0061508C"/>
     <w:rsid w:val="006151E4"/>
     <w:rsid w:val="00615C29"/>
     <w:rsid w:val="0061726F"/>
     <w:rsid w:val="0062105F"/>
     <w:rsid w:val="00621423"/>
     <w:rsid w:val="0062228C"/>
     <w:rsid w:val="00622FCC"/>
     <w:rsid w:val="006234C9"/>
     <w:rsid w:val="00624349"/>
     <w:rsid w:val="006252BC"/>
@@ -8355,50 +8399,51 @@
     <w:rsid w:val="00726B54"/>
     <w:rsid w:val="007301CC"/>
     <w:rsid w:val="007301EB"/>
     <w:rsid w:val="0073065B"/>
     <w:rsid w:val="00731C03"/>
     <w:rsid w:val="007328AF"/>
     <w:rsid w:val="00732999"/>
     <w:rsid w:val="00733CCF"/>
     <w:rsid w:val="00734007"/>
     <w:rsid w:val="0073550A"/>
     <w:rsid w:val="0073552E"/>
     <w:rsid w:val="00735656"/>
     <w:rsid w:val="007406A8"/>
     <w:rsid w:val="00740992"/>
     <w:rsid w:val="007412E1"/>
     <w:rsid w:val="00741CFC"/>
     <w:rsid w:val="00742161"/>
     <w:rsid w:val="00743945"/>
     <w:rsid w:val="0074510D"/>
     <w:rsid w:val="00746202"/>
     <w:rsid w:val="007465A2"/>
     <w:rsid w:val="0074767E"/>
     <w:rsid w:val="00747B01"/>
     <w:rsid w:val="007501CD"/>
     <w:rsid w:val="00751DA6"/>
+    <w:rsid w:val="007567EA"/>
     <w:rsid w:val="007569B7"/>
     <w:rsid w:val="00756C2C"/>
     <w:rsid w:val="007611D8"/>
     <w:rsid w:val="0076142D"/>
     <w:rsid w:val="007624D3"/>
     <w:rsid w:val="00762D9C"/>
     <w:rsid w:val="0076322C"/>
     <w:rsid w:val="007647AB"/>
     <w:rsid w:val="00764A8E"/>
     <w:rsid w:val="00765D5C"/>
     <w:rsid w:val="00766EFF"/>
     <w:rsid w:val="007724F3"/>
     <w:rsid w:val="00772B4B"/>
     <w:rsid w:val="00773204"/>
     <w:rsid w:val="00774D7B"/>
     <w:rsid w:val="007758C2"/>
     <w:rsid w:val="00775F0B"/>
     <w:rsid w:val="00777B50"/>
     <w:rsid w:val="007812B4"/>
     <w:rsid w:val="0078157A"/>
     <w:rsid w:val="007819A9"/>
     <w:rsid w:val="0078219D"/>
     <w:rsid w:val="00782338"/>
     <w:rsid w:val="007823D7"/>
     <w:rsid w:val="00782543"/>
@@ -9261,51 +9306,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E279F22"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10107,51 +10152,51 @@
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A7165D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A7165D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="25257348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="30039842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10403,51 +10448,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1885940149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidigit.ru/do?it=ecosystem.companies.pageDocument.show&amp;content_id=jTO2ZyDX&amp;company_id=3vvOH4Wn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-uss.ru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euss.online/go?to=page.dictionary" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidigit.ru/do?it=ecosystem.companies.pageDocument.show&amp;content_id=jTO2ZyDX&amp;company_id=3vvOH4Wn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@euss.online" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euss.online/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10710,75 +10755,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3EA4632-8223-5A42-8A03-0FA37092EDC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>445</Words>
-  <Characters>2539</Characters>
+  <Words>476</Words>
+  <Characters>2717</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2979</CharactersWithSpaces>
+  <CharactersWithSpaces>3187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>1572935</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.e-uss.ru/i-subscribe.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>458858</vt:i4>
       </vt:variant>
       <vt:variant>